--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -83,131 +83,323 @@
   <si>
     <t>Licensee Last Name</t>
   </si>
   <si>
     <t>Date Probationary (License/Certification) Issued</t>
   </si>
   <si>
     <t>Date Regular (License/Certification) Issued</t>
   </si>
   <si>
     <t>Date Closed</t>
   </si>
   <si>
     <t>Capacity</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Client Group Served</t>
   </si>
   <si>
     <t>HCBS Compliance / Public Funding</t>
   </si>
   <si>
+    <t>522573</t>
+  </si>
+  <si>
+    <t>T18 Medicare</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST 27TH ST BRANCH</t>
+  </si>
+  <si>
+    <t>End Stage Renal Dialysis</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>3120 SOUTH 27TH ST</t>
+  </si>
+  <si>
+    <t>MILWAUKEE</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>53215</t>
+  </si>
+  <si>
+    <t>(414) 643-1714</t>
+  </si>
+  <si>
+    <t>(414) 672-1016</t>
+  </si>
+  <si>
+    <t>Joan</t>
+  </si>
+  <si>
+    <t>Selvaggi</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE MIDWEST DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
     <t>522577</t>
   </si>
   <si>
-    <t>T18 Medicare</t>
-[...1 lines deleted...]
-  <si>
     <t>HUMBOLDT RIDGE DIALYSIS</t>
   </si>
   <si>
-    <t>End Stage Renal Dialysis</t>
-[...4 lines deleted...]
-  <si>
     <t>2211 N HUMBOLDT BLVD</t>
   </si>
   <si>
-    <t>MILWAUKEE</t>
-[...4 lines deleted...]
-  <si>
     <t>53212</t>
   </si>
   <si>
     <t>(414) 336-7200</t>
   </si>
   <si>
     <t>(414) 336-7210</t>
   </si>
   <si>
     <t>Mattie</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
     <t>TOTAL RENAL CARE INC</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>No</t>
-[...1 lines deleted...]
-  <si>
     <t>522579</t>
   </si>
   <si>
     <t>MEQUON ROAD DIALYSIS</t>
   </si>
   <si>
     <t>W175 N11056 STONEWOOD DR</t>
   </si>
   <si>
     <t>GERMANTOWN</t>
   </si>
   <si>
     <t>53022</t>
   </si>
   <si>
     <t>WASHINGTON</t>
   </si>
   <si>
     <t>(262) 251-4047</t>
   </si>
   <si>
     <t>(262) 251-3440</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>Neurenberg</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>522604</t>
+  </si>
+  <si>
+    <t>FMC DODGEVILLE</t>
+  </si>
+  <si>
+    <t>800 COMPASSION WAY</t>
+  </si>
+  <si>
+    <t>DODGEVILLE</t>
+  </si>
+  <si>
+    <t>53533</t>
+  </si>
+  <si>
+    <t>IOWA</t>
+  </si>
+  <si>
+    <t>(608) 319-0373</t>
+  </si>
+  <si>
+    <t>(608) 930-7177</t>
+  </si>
+  <si>
+    <t>Kurtis</t>
+  </si>
+  <si>
+    <t>Stoddard</t>
+  </si>
+  <si>
+    <t>BIO MEDICAL APPLICATIONS OF WISCONSIN INC</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>522581</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST WAUKESHA</t>
+  </si>
+  <si>
+    <t>111 ANN ST</t>
+  </si>
+  <si>
+    <t>WAUKESHA</t>
+  </si>
+  <si>
+    <t>53188</t>
+  </si>
+  <si>
+    <t>(262) 542-6179</t>
+  </si>
+  <si>
+    <t>(262) 542-6182</t>
+  </si>
+  <si>
+    <t>Jennifer</t>
+  </si>
+  <si>
+    <t>Haag</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>522580</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE HAYWARD</t>
+  </si>
+  <si>
+    <t>15969 RAILROAD ST</t>
+  </si>
+  <si>
+    <t>HAYWARD</t>
+  </si>
+  <si>
+    <t>54843</t>
+  </si>
+  <si>
+    <t>SAWYER</t>
+  </si>
+  <si>
+    <t>(715) 634-3220</t>
+  </si>
+  <si>
+    <t>(715) 634-3232</t>
+  </si>
+  <si>
+    <t>Nichelle</t>
+  </si>
+  <si>
+    <t>Kemp</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE NA</t>
+  </si>
+  <si>
+    <t>522575</t>
+  </si>
+  <si>
+    <t>AMERY DIALYSIS</t>
+  </si>
+  <si>
+    <t>970 ELDEN AVE</t>
+  </si>
+  <si>
+    <t>AMERY</t>
+  </si>
+  <si>
+    <t>54001</t>
+  </si>
+  <si>
+    <t>POLK</t>
+  </si>
+  <si>
+    <t>(534) 444-0005</t>
+  </si>
+  <si>
+    <t>(534) 444-0006</t>
+  </si>
+  <si>
+    <t>Holly</t>
+  </si>
+  <si>
+    <t>Kjeseth</t>
+  </si>
+  <si>
+    <t>AMERY DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>522578</t>
+  </si>
+  <si>
+    <t>OAK CREEK DIALYSIS</t>
+  </si>
+  <si>
+    <t>8201 S HOWELL AVE  SUITE 600</t>
+  </si>
+  <si>
+    <t>OAK CREEK</t>
+  </si>
+  <si>
+    <t>53154</t>
+  </si>
+  <si>
+    <t>(414) 762-3784</t>
+  </si>
+  <si>
+    <t>(414) 762-4012</t>
+  </si>
+  <si>
+    <t>Melannie</t>
+  </si>
+  <si>
+    <t>Sikorski</t>
+  </si>
+  <si>
+    <t>DAVITA HEALTHCARE PARTNERS INC</t>
+  </si>
+  <si>
     <t>522343</t>
   </si>
   <si>
     <t>ASPIRUS KIDNEY CARE MEDFORD</t>
   </si>
   <si>
     <t>111 SOUTH GIBSON ST</t>
   </si>
   <si>
     <t>MEDFORD</t>
   </si>
   <si>
     <t>54451</t>
   </si>
   <si>
     <t>TAYLOR</t>
   </si>
   <si>
     <t>(715) 748-7520</t>
   </si>
   <si>
     <t>(715) 748-7524</t>
   </si>
   <si>
     <t>Jamie</t>
@@ -227,366 +419,2415 @@
   <si>
     <t>FRESENIUS KIDNEY CARE SHAWANO</t>
   </si>
   <si>
     <t>1509 S LINCOLN ST</t>
   </si>
   <si>
     <t>SHAWANO</t>
   </si>
   <si>
     <t>54166</t>
   </si>
   <si>
     <t>(715) 524-8038</t>
   </si>
   <si>
     <t>(715) 524-8043</t>
   </si>
   <si>
     <t>Mindy</t>
   </si>
   <si>
     <t>Schroeder</t>
   </si>
   <si>
-    <t>FRESENIUS MEDICAL CARE NA</t>
-[...1 lines deleted...]
-  <si>
     <t>14</t>
   </si>
   <si>
-    <t>522597</t>
-[...17 lines deleted...]
-    <t>(262) 646-3080</t>
+    <t>522546</t>
+  </si>
+  <si>
+    <t>FMC APPLETON</t>
+  </si>
+  <si>
+    <t>325 N BLUEMOUND DRIVE</t>
+  </si>
+  <si>
+    <t>GRAND CHUTE</t>
+  </si>
+  <si>
+    <t>54914</t>
+  </si>
+  <si>
+    <t>OUTAGAMIE</t>
+  </si>
+  <si>
+    <t>(920) 997-8600</t>
+  </si>
+  <si>
+    <t>(920) 997-8626</t>
+  </si>
+  <si>
+    <t>Shelly</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>522548</t>
+  </si>
+  <si>
+    <t>WEST APPLETON DIALYSIS</t>
+  </si>
+  <si>
+    <t>10130 W APPLETON AVE  SUITE 500</t>
+  </si>
+  <si>
+    <t>53225</t>
+  </si>
+  <si>
+    <t>(414) 393-0600</t>
+  </si>
+  <si>
+    <t>(414) 393-0910</t>
+  </si>
+  <si>
+    <t>Tyesha</t>
+  </si>
+  <si>
+    <t>Carr</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>522540</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST RACINE</t>
+  </si>
+  <si>
+    <t>5409 DURAND AVE</t>
+  </si>
+  <si>
+    <t>RACINE</t>
+  </si>
+  <si>
+    <t>53406</t>
+  </si>
+  <si>
+    <t>(262) 554-7481</t>
+  </si>
+  <si>
+    <t>(262) 598-8836</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Greivell</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>522542</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST GLENDALE</t>
+  </si>
+  <si>
+    <t>400 W ESTABROOK BLVD</t>
+  </si>
+  <si>
+    <t>GLENDALE</t>
+  </si>
+  <si>
+    <t>(414) 332-9960</t>
+  </si>
+  <si>
+    <t>(414) 332-3487</t>
+  </si>
+  <si>
+    <t>Tania</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>522543</t>
+  </si>
+  <si>
+    <t>SOUTH RIDGE DIALYSIS</t>
+  </si>
+  <si>
+    <t>7740 W LAYTON AVE</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>53220</t>
+  </si>
+  <si>
+    <t>(414) 281-1313</t>
+  </si>
+  <si>
+    <t>(414) 281-1722</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Macias</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>522544</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST WEST BEND</t>
+  </si>
+  <si>
+    <t>2050 CONTINENTAL DR</t>
+  </si>
+  <si>
+    <t>WEST BEND</t>
+  </si>
+  <si>
+    <t>53095</t>
+  </si>
+  <si>
+    <t>(262) 306-2700</t>
+  </si>
+  <si>
+    <t>(262) 306-2704</t>
+  </si>
+  <si>
+    <t>Erin</t>
+  </si>
+  <si>
+    <t>Koeck</t>
+  </si>
+  <si>
+    <t>523531</t>
+  </si>
+  <si>
+    <t>SSM HEALTH DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>2100 KELLOM ROAD  UNIT A</t>
+  </si>
+  <si>
+    <t>BEAVER DAM</t>
+  </si>
+  <si>
+    <t>53916</t>
+  </si>
+  <si>
+    <t>DODGE</t>
+  </si>
+  <si>
+    <t>(920) 887-3376</t>
+  </si>
+  <si>
+    <t>(920) 887-3532</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Hopp</t>
+  </si>
+  <si>
+    <t>WAUPUN MEMORIAL HOSPITAL INC</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>522545</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE OSHKOSH</t>
+  </si>
+  <si>
+    <t>2678 OMRO ROAD</t>
+  </si>
+  <si>
+    <t>OSHKOSH</t>
+  </si>
+  <si>
+    <t>54904</t>
+  </si>
+  <si>
+    <t>WINNEBAGO</t>
+  </si>
+  <si>
+    <t>(920) 891-7910</t>
+  </si>
+  <si>
+    <t>(920) 223-4976</t>
+  </si>
+  <si>
+    <t>Nina</t>
+  </si>
+  <si>
+    <t>Locasio</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>522532</t>
+  </si>
+  <si>
+    <t>BROOKFIELD DIALYSIS</t>
+  </si>
+  <si>
+    <t>19395 W CAPITOL DR  BLDG C  SUITE 100</t>
+  </si>
+  <si>
+    <t>BROOKFIELD</t>
+  </si>
+  <si>
+    <t>53045</t>
+  </si>
+  <si>
+    <t>(262) 781-0273</t>
+  </si>
+  <si>
+    <t>(262) 781-0305</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Salemi</t>
+  </si>
+  <si>
+    <t>DVA RENAL HEALTHCARE INC</t>
+  </si>
+  <si>
+    <t>523519</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS ONALASKA</t>
+  </si>
+  <si>
+    <t>191 THEATER RD</t>
+  </si>
+  <si>
+    <t>ONALASKA</t>
+  </si>
+  <si>
+    <t>54650</t>
+  </si>
+  <si>
+    <t>LA CROSSE</t>
+  </si>
+  <si>
+    <t>(608) 392-5011</t>
+  </si>
+  <si>
+    <t>(608) 392-5797</t>
+  </si>
+  <si>
+    <t>Valerie</t>
+  </si>
+  <si>
+    <t>Traun</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC HOSPITAL  ROCHESTER</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>522329</t>
+  </si>
+  <si>
+    <t>MERCY HEALTH DIALYSIS</t>
+  </si>
+  <si>
+    <t>1000 MINERAL POINT AVE</t>
+  </si>
+  <si>
+    <t>JANESVILLE</t>
+  </si>
+  <si>
+    <t>53548</t>
+  </si>
+  <si>
+    <t>ROCK</t>
+  </si>
+  <si>
+    <t>(608) 741-3814</t>
+  </si>
+  <si>
+    <t>(608) 741-3816</t>
+  </si>
+  <si>
+    <t>Jaime</t>
+  </si>
+  <si>
+    <t>Meier</t>
+  </si>
+  <si>
+    <t>MERCY HEALTH SYSTEM CORPORATION</t>
+  </si>
+  <si>
+    <t>522531</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SHOREWOOD</t>
+  </si>
+  <si>
+    <t>377 W RIVER WOODS PARKWAY  SUITE 111</t>
+  </si>
+  <si>
+    <t>(414) 967-9321</t>
+  </si>
+  <si>
+    <t>(414) 967-9332</t>
+  </si>
+  <si>
+    <t>Kaur</t>
+  </si>
+  <si>
+    <t>Balwinder</t>
+  </si>
+  <si>
+    <t>WISCONSIN RENAL CARE GROUP LLC</t>
+  </si>
+  <si>
+    <t>522530</t>
+  </si>
+  <si>
+    <t>WISCONSIN RENAL CARE CENTRE POINT</t>
+  </si>
+  <si>
+    <t>1800 S 108TH ST</t>
+  </si>
+  <si>
+    <t>WEST ALLIS</t>
+  </si>
+  <si>
+    <t>53214</t>
+  </si>
+  <si>
+    <t>(414) 774-1244</t>
+  </si>
+  <si>
+    <t>(414) 774-8130</t>
+  </si>
+  <si>
+    <t>Kristy</t>
+  </si>
+  <si>
+    <t>Walker Treacy</t>
+  </si>
+  <si>
+    <t>522510</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE WRCG MILWAUKEE</t>
+  </si>
+  <si>
+    <t>161 W WISCONSIN ST  SUITE 1100</t>
+  </si>
+  <si>
+    <t>53203</t>
+  </si>
+  <si>
+    <t>(414) 224-7666</t>
+  </si>
+  <si>
+    <t>(414) 265-5701</t>
+  </si>
+  <si>
+    <t>Lavetta</t>
+  </si>
+  <si>
+    <t>Arrington</t>
+  </si>
+  <si>
+    <t>522509</t>
+  </si>
+  <si>
+    <t>RIVER CENTER DIALYSIS</t>
+  </si>
+  <si>
+    <t>117 N JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>53202</t>
+  </si>
+  <si>
+    <t>(414) 748-9316</t>
+  </si>
+  <si>
+    <t>(414) 225-3744</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Lovang</t>
+  </si>
+  <si>
+    <t>522529</t>
+  </si>
+  <si>
+    <t>CEDARBURG DIALYSIS</t>
+  </si>
+  <si>
+    <t>N54 W6135 MILL ST</t>
+  </si>
+  <si>
+    <t>CEDARBURG</t>
+  </si>
+  <si>
+    <t>53012</t>
+  </si>
+  <si>
+    <t>OZAUKEE</t>
+  </si>
+  <si>
+    <t>(262) 376-8011</t>
+  </si>
+  <si>
+    <t>(262) 376-9369</t>
+  </si>
+  <si>
+    <t>Modschiedler</t>
+  </si>
+  <si>
+    <t>522586</t>
+  </si>
+  <si>
+    <t>NORHTERN STAR DIALYSIS</t>
+  </si>
+  <si>
+    <t>311 ELM ST</t>
+  </si>
+  <si>
+    <t>WOODRUFF</t>
+  </si>
+  <si>
+    <t>54568</t>
+  </si>
+  <si>
+    <t>ONEIDA</t>
+  </si>
+  <si>
+    <t>(715) 356-0132</t>
+  </si>
+  <si>
+    <t>(715) 356-6392</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Borowski</t>
+  </si>
+  <si>
+    <t>523500</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS PDC</t>
+  </si>
+  <si>
+    <t>610 E TAYLOR ST</t>
+  </si>
+  <si>
+    <t>PRAIRIE DU CHIEN</t>
+  </si>
+  <si>
+    <t>53821</t>
+  </si>
+  <si>
+    <t>CRAWFORD</t>
+  </si>
+  <si>
+    <t>(608) 326-3325</t>
+  </si>
+  <si>
+    <t>(608) 326-0460</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>Pfaff</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN MEDICAL CENTER INC</t>
+  </si>
+  <si>
+    <t>522623</t>
+  </si>
+  <si>
+    <t>RICE LAKE DIALYSIS</t>
+  </si>
+  <si>
+    <t>1700 W STOUT ST</t>
+  </si>
+  <si>
+    <t>RICE LAKE</t>
+  </si>
+  <si>
+    <t>54868</t>
+  </si>
+  <si>
+    <t>BARRON</t>
+  </si>
+  <si>
+    <t>(715) 236-6159</t>
+  </si>
+  <si>
+    <t>(715) 234-1690</t>
+  </si>
+  <si>
+    <t>Deanna</t>
+  </si>
+  <si>
+    <t>North</t>
+  </si>
+  <si>
+    <t>522313</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS LA CROSSE</t>
+  </si>
+  <si>
+    <t>1910 SOUTH AVE, HERITAGE BUILDING 2 WEST</t>
+  </si>
+  <si>
+    <t>54601</t>
+  </si>
+  <si>
+    <t>(608) 775-3176</t>
+  </si>
+  <si>
+    <t>(608) 775-5451</t>
+  </si>
+  <si>
+    <t>523505</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS TOMAH</t>
+  </si>
+  <si>
+    <t>505 GOPHER DR  SUITE B</t>
+  </si>
+  <si>
+    <t>TOMAH</t>
+  </si>
+  <si>
+    <t>54660</t>
+  </si>
+  <si>
+    <t>MONROE</t>
+  </si>
+  <si>
+    <t>(608) 374-0280</t>
+  </si>
+  <si>
+    <t>(608) 374-0284</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>523515</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS BARRON</t>
+  </si>
+  <si>
+    <t>1222 WOODLAND AVE</t>
+  </si>
+  <si>
+    <t>54812</t>
+  </si>
+  <si>
+    <t>(715) 537-1345</t>
+  </si>
+  <si>
+    <t>(715) 537-9275</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Padjen</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC HEALTH SYSTEM NORTHWEST WI REGION INC</t>
+  </si>
+  <si>
+    <t>522331</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS MENOMONIE</t>
+  </si>
+  <si>
+    <t>407 21ST SE</t>
+  </si>
+  <si>
+    <t>MENOMONIE</t>
+  </si>
+  <si>
+    <t>54751</t>
+  </si>
+  <si>
+    <t>DUNN</t>
+  </si>
+  <si>
+    <t>(715) 232-7272</t>
+  </si>
+  <si>
+    <t>(715) 233-7647</t>
+  </si>
+  <si>
+    <t>522523</t>
+  </si>
+  <si>
+    <t>MENOMONEE FALLS DIALYSIS</t>
+  </si>
+  <si>
+    <t>N87 W17301 MAIN ST</t>
+  </si>
+  <si>
+    <t>MENOMONEE FALLS</t>
+  </si>
+  <si>
+    <t>53051</t>
+  </si>
+  <si>
+    <t>(262) 253-9768</t>
+  </si>
+  <si>
+    <t>(262) 253-9870</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>522528</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST RYAN ROAD</t>
+  </si>
+  <si>
+    <t>9420 S 22ND ST</t>
+  </si>
+  <si>
+    <t>(414) 761-8080</t>
+  </si>
+  <si>
+    <t>(414) 761-8953</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
+    <t>Boyette</t>
+  </si>
+  <si>
+    <t>522506</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST SOUTH</t>
+  </si>
+  <si>
+    <t>2600 W HOWARD AVE</t>
+  </si>
+  <si>
+    <t>53221</t>
+  </si>
+  <si>
+    <t>(414) 281-2704</t>
+  </si>
+  <si>
+    <t>(414) 672-0046</t>
+  </si>
+  <si>
+    <t>Shanna</t>
+  </si>
+  <si>
+    <t>Chaparas</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>522328</t>
+  </si>
+  <si>
+    <t>MILE BLUFF DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>406 GATEWAY AVE</t>
+  </si>
+  <si>
+    <t>MAUSTON</t>
+  </si>
+  <si>
+    <t>53948</t>
+  </si>
+  <si>
+    <t>JUNEAU</t>
+  </si>
+  <si>
+    <t>(608) 847-1065</t>
+  </si>
+  <si>
+    <t>(608) 847-6017</t>
+  </si>
+  <si>
+    <t>MILE BLUFF MEDICAL CENTER INC</t>
+  </si>
+  <si>
+    <t>522538</t>
+  </si>
+  <si>
+    <t>FMC DIALYSIS SERVICES SUPERIOR</t>
+  </si>
+  <si>
+    <t>3500 TOWER AVE</t>
+  </si>
+  <si>
+    <t>SUPERIOR</t>
+  </si>
+  <si>
+    <t>54880</t>
+  </si>
+  <si>
+    <t>DOUGLAS</t>
+  </si>
+  <si>
+    <t>(715) 395-2199</t>
+  </si>
+  <si>
+    <t>(715) 395-2195</t>
+  </si>
+  <si>
+    <t>Kimberly</t>
+  </si>
+  <si>
+    <t>Bennett</t>
+  </si>
+  <si>
+    <t>522517</t>
+  </si>
+  <si>
+    <t>OCONOMOWOC DIALYSIS CTR</t>
+  </si>
+  <si>
+    <t>1253 CORPORATE CENTER DR</t>
+  </si>
+  <si>
+    <t>OCONOMOWOC</t>
+  </si>
+  <si>
+    <t>53066</t>
+  </si>
+  <si>
+    <t>(262) 560-0371</t>
+  </si>
+  <si>
+    <t>(262) 567-3821</t>
+  </si>
+  <si>
+    <t>Courtney</t>
+  </si>
+  <si>
+    <t>Bartolotta</t>
+  </si>
+  <si>
+    <t>522511</t>
+  </si>
+  <si>
+    <t>SHAWANO LAKE DIALYSIS</t>
+  </si>
+  <si>
+    <t>W7305 ELM AVE</t>
+  </si>
+  <si>
+    <t>(715) 526-4310</t>
+  </si>
+  <si>
+    <t>(715) 526-6010</t>
+  </si>
+  <si>
+    <t>Bonnie</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>RENAL LIFE LINK INC</t>
+  </si>
+  <si>
+    <t>522588</t>
+  </si>
+  <si>
+    <t>MARSHFIELD DIALYSIS</t>
+  </si>
+  <si>
+    <t>123 NORTHRIDGE ST</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>54449</t>
+  </si>
+  <si>
+    <t>WOOD</t>
+  </si>
+  <si>
+    <t>(715) 384-3478</t>
+  </si>
+  <si>
+    <t>(715) 387-7755</t>
+  </si>
+  <si>
+    <t>Tabitha</t>
+  </si>
+  <si>
+    <t>Draeger</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>522583</t>
+  </si>
+  <si>
+    <t>HARBOR VIEW DIALYSIS</t>
+  </si>
+  <si>
+    <t>3113 WASHINGTON AVE</t>
+  </si>
+  <si>
+    <t>53405</t>
+  </si>
+  <si>
+    <t>(262) 632-0120</t>
+  </si>
+  <si>
+    <t>(262) 637-1441</t>
+  </si>
+  <si>
+    <t>522624</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SHEBOYGAN</t>
+  </si>
+  <si>
+    <t>2925 SAEMANN AVE</t>
+  </si>
+  <si>
+    <t>SHEBOYGAN</t>
+  </si>
+  <si>
+    <t>53081</t>
+  </si>
+  <si>
+    <t>(920) 459-4790</t>
+  </si>
+  <si>
+    <t>(920) 783-0766</t>
+  </si>
+  <si>
+    <t>Lashawn</t>
+  </si>
+  <si>
+    <t>Crain</t>
+  </si>
+  <si>
+    <t>522627</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE GREEN BAY</t>
+  </si>
+  <si>
+    <t>2670 MONROE RD  SUITE 160</t>
+  </si>
+  <si>
+    <t>DE PERE</t>
+  </si>
+  <si>
+    <t>54115</t>
+  </si>
+  <si>
+    <t>BROWN</t>
+  </si>
+  <si>
+    <t>(920) 433-8448</t>
+  </si>
+  <si>
+    <t>(920) 465-1311</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE GREEN BAY DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>522525</t>
+  </si>
+  <si>
+    <t>WATERTOWN DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>1905 MARKET WAY</t>
+  </si>
+  <si>
+    <t>WATERTOWN</t>
+  </si>
+  <si>
+    <t>53094</t>
+  </si>
+  <si>
+    <t>JEFFERSON</t>
+  </si>
+  <si>
+    <t>(920) 262-1090</t>
+  </si>
+  <si>
+    <t>(920) 206-0688</t>
+  </si>
+  <si>
+    <t>522593</t>
+  </si>
+  <si>
+    <t>WAUSAU DIALYSIS</t>
+  </si>
+  <si>
+    <t>2600 STEWART AVE  SUITE 144</t>
+  </si>
+  <si>
+    <t>WAUSAU</t>
+  </si>
+  <si>
+    <t>54401</t>
+  </si>
+  <si>
+    <t>MARATHON</t>
+  </si>
+  <si>
+    <t>(715) 841-1708</t>
+  </si>
+  <si>
+    <t>(715) 845-6353</t>
+  </si>
+  <si>
+    <t>Redmond</t>
+  </si>
+  <si>
+    <t>522500</t>
+  </si>
+  <si>
+    <t>FMC NEENAH</t>
+  </si>
+  <si>
+    <t>300 N COMMERCIAL ST  SUITE 100</t>
+  </si>
+  <si>
+    <t>NEENAH</t>
+  </si>
+  <si>
+    <t>54956</t>
+  </si>
+  <si>
+    <t>(920) 725-7861</t>
+  </si>
+  <si>
+    <t>(920) 725-0208</t>
+  </si>
+  <si>
+    <t>Franzke</t>
+  </si>
+  <si>
+    <t>523522</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS LONDON RD</t>
+  </si>
+  <si>
+    <t>3845 LONDON RD</t>
+  </si>
+  <si>
+    <t>EAU CLAIRE</t>
+  </si>
+  <si>
+    <t>54701</t>
+  </si>
+  <si>
+    <t>(715) 838-3872</t>
+  </si>
+  <si>
+    <t>(715) 838-3883</t>
+  </si>
+  <si>
+    <t>522556</t>
+  </si>
+  <si>
+    <t>STURGEON BAY DIALYSIS</t>
+  </si>
+  <si>
+    <t>108 S 10TH AVE</t>
+  </si>
+  <si>
+    <t>STURGEON BAY</t>
+  </si>
+  <si>
+    <t>54235</t>
+  </si>
+  <si>
+    <t>DOOR</t>
+  </si>
+  <si>
+    <t>(920) 746-7955</t>
+  </si>
+  <si>
+    <t>(920) 746-7974</t>
+  </si>
+  <si>
+    <t>Alicia</t>
+  </si>
+  <si>
+    <t>Schmalz</t>
+  </si>
+  <si>
+    <t>522555</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE FITCHBURG</t>
+  </si>
+  <si>
+    <t>3034 FISH HATCHERY RD</t>
+  </si>
+  <si>
+    <t>FITCHBURG</t>
+  </si>
+  <si>
+    <t>53713</t>
+  </si>
+  <si>
+    <t>DANE</t>
+  </si>
+  <si>
+    <t>(608) 733-3599</t>
+  </si>
+  <si>
+    <t>(608) 270-5602</t>
+  </si>
+  <si>
+    <t>Kendrick</t>
+  </si>
+  <si>
+    <t>Eggers</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE MADISON  LLC</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>522558</t>
+  </si>
+  <si>
+    <t>TITLETOWN DIALYSIS</t>
+  </si>
+  <si>
+    <t>120 SIEGLER ST</t>
+  </si>
+  <si>
+    <t>GREEN BAY</t>
+  </si>
+  <si>
+    <t>54303</t>
+  </si>
+  <si>
+    <t>(920) 327-2120</t>
+  </si>
+  <si>
+    <t>(920) 327-2150</t>
+  </si>
+  <si>
+    <t>522561</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST LAKESHORE</t>
+  </si>
+  <si>
+    <t>2000 E LAYTON AVE  SUITE 200</t>
+  </si>
+  <si>
+    <t>SAINT FRANCIS</t>
+  </si>
+  <si>
+    <t>53235</t>
+  </si>
+  <si>
+    <t>(414) 481-7179</t>
+  </si>
+  <si>
+    <t>(414) 774-4399</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Cantrell</t>
+  </si>
+  <si>
+    <t>522339</t>
+  </si>
+  <si>
+    <t>ASPIRUS DIVINE SAVIOR HOSPITAL</t>
+  </si>
+  <si>
+    <t>2817 NEW PINERY RD</t>
+  </si>
+  <si>
+    <t>PORTAGE</t>
+  </si>
+  <si>
+    <t>53901</t>
+  </si>
+  <si>
+    <t>COLUMBIA</t>
+  </si>
+  <si>
+    <t>(608) 745-5160</t>
+  </si>
+  <si>
+    <t>(608) 745-5061</t>
+  </si>
+  <si>
+    <t>Annie</t>
+  </si>
+  <si>
+    <t>Allen</t>
+  </si>
+  <si>
+    <t>ASPIRUS INC</t>
+  </si>
+  <si>
+    <t>522562</t>
+  </si>
+  <si>
+    <t>MANITOWOC DIALYSIS</t>
+  </si>
+  <si>
+    <t>3303 DEWEY ST</t>
+  </si>
+  <si>
+    <t>MANITOWOC</t>
+  </si>
+  <si>
+    <t>54220</t>
+  </si>
+  <si>
+    <t>(920) 652-0593</t>
+  </si>
+  <si>
+    <t>(920) 686-5336</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Barts</t>
+  </si>
+  <si>
+    <t>522565</t>
+  </si>
+  <si>
+    <t>MILWAUKEE DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>4775 N GREEN BAY AVE</t>
+  </si>
+  <si>
+    <t>53209</t>
+  </si>
+  <si>
+    <t>(414) 265-1700</t>
+  </si>
+  <si>
+    <t>(414) 265-1701</t>
+  </si>
+  <si>
+    <t>Randal</t>
+  </si>
+  <si>
+    <t>Hebein</t>
+  </si>
+  <si>
+    <t>AMERICAN RENAL ASSOCIATES LLC</t>
+  </si>
+  <si>
+    <t>523528</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS ONALASKA</t>
+  </si>
+  <si>
+    <t>3075 S KINNEY COULEE RD</t>
+  </si>
+  <si>
+    <t>(608) 775-1360</t>
+  </si>
+  <si>
+    <t>(608) 775-1376</t>
+  </si>
+  <si>
+    <t>523527</t>
+  </si>
+  <si>
+    <t>ASPIRUS WAUSAU HOSPITAL KIDNEY CARE</t>
+  </si>
+  <si>
+    <t>3200 WESTHILL DR  SUITE 1500</t>
+  </si>
+  <si>
+    <t>(715) 847-0019</t>
+  </si>
+  <si>
+    <t>(715) 847-2663</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Augustyn</t>
+  </si>
+  <si>
+    <t>522566</t>
+  </si>
+  <si>
+    <t>BLUEMOUND DIALYSIS</t>
+  </si>
+  <si>
+    <t>601 NORTH 99TH ST  SUITE 100</t>
+  </si>
+  <si>
+    <t>WAUWATOSA</t>
+  </si>
+  <si>
+    <t>53226</t>
+  </si>
+  <si>
+    <t>(414) 755-6300</t>
+  </si>
+  <si>
+    <t>(414) 755-6310</t>
+  </si>
+  <si>
+    <t>Zachary</t>
+  </si>
+  <si>
+    <t>Kunda</t>
+  </si>
+  <si>
+    <t>522550</t>
+  </si>
+  <si>
+    <t>FMC DIALYSIS SERVICES OF KAUKAUNA</t>
+  </si>
+  <si>
+    <t>2259 PROGRESS WAY</t>
+  </si>
+  <si>
+    <t>KAUKAUNA</t>
+  </si>
+  <si>
+    <t>54130</t>
+  </si>
+  <si>
+    <t>(920) 759-4540</t>
+  </si>
+  <si>
+    <t>(920) 759-4548</t>
+  </si>
+  <si>
+    <t>Krisher</t>
+  </si>
+  <si>
+    <t>522559</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE AMERICAN PARKWAY</t>
+  </si>
+  <si>
+    <t>4600 AMERICAN PKWY  SUITE 102</t>
+  </si>
+  <si>
+    <t>MADISON</t>
+  </si>
+  <si>
+    <t>53718</t>
+  </si>
+  <si>
+    <t>(608) 243-3003</t>
+  </si>
+  <si>
+    <t>(608) 243-3005</t>
+  </si>
+  <si>
+    <t>Tonya</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>522584</t>
+  </si>
+  <si>
+    <t>WILLOW CREEK DIALYSIS</t>
+  </si>
+  <si>
+    <t>1139 WARWICK WAY</t>
+  </si>
+  <si>
+    <t>(262) 884-2730</t>
+  </si>
+  <si>
+    <t>(262) 884-2802</t>
+  </si>
+  <si>
+    <t>Danielle</t>
+  </si>
+  <si>
+    <t>Pezall</t>
+  </si>
+  <si>
+    <t>522564</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE KENOSHA</t>
+  </si>
+  <si>
+    <t>6810 GREEN BAY RD  SUITE 1</t>
+  </si>
+  <si>
+    <t>KENOSHA</t>
+  </si>
+  <si>
+    <t>53142</t>
+  </si>
+  <si>
+    <t>(262) 612-1862</t>
+  </si>
+  <si>
+    <t>(262) 697-6308</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Tuten</t>
+  </si>
+  <si>
+    <t>522533</t>
+  </si>
+  <si>
+    <t>FORT ATKINSON DIALYSIS CTR</t>
+  </si>
+  <si>
+    <t>525 HANDEYSIDE LANE</t>
+  </si>
+  <si>
+    <t>FORT ATKINSON</t>
+  </si>
+  <si>
+    <t>53538</t>
+  </si>
+  <si>
+    <t>(920) 563-8665</t>
+  </si>
+  <si>
+    <t>(920) 563-8643</t>
+  </si>
+  <si>
+    <t>Krystal</t>
+  </si>
+  <si>
+    <t>Wojciechowski</t>
+  </si>
+  <si>
+    <t>522512</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST CAPITOL</t>
+  </si>
+  <si>
+    <t>4021 N 52ND ST</t>
+  </si>
+  <si>
+    <t>53216</t>
+  </si>
+  <si>
+    <t>(414) 873-3600</t>
+  </si>
+  <si>
+    <t>(414) 873-6479</t>
+  </si>
+  <si>
+    <t>Pavlik</t>
+  </si>
+  <si>
+    <t>522524</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST GOOD HOPE</t>
+  </si>
+  <si>
+    <t>7701 W CLINTON AVE</t>
+  </si>
+  <si>
+    <t>53223</t>
+  </si>
+  <si>
+    <t>(414) 760-3090</t>
+  </si>
+  <si>
+    <t>(414) 760-3068</t>
+  </si>
+  <si>
+    <t>522602</t>
+  </si>
+  <si>
+    <t>FMC MADISON CAPITOL</t>
+  </si>
+  <si>
+    <t>2840 INDEX ROAD</t>
+  </si>
+  <si>
+    <t>(608) 229-7222</t>
+  </si>
+  <si>
+    <t>(608) 229-7395</t>
+  </si>
+  <si>
+    <t>Candi</t>
+  </si>
+  <si>
+    <t>Mccauley</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>523517</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS VIROQUA</t>
+  </si>
+  <si>
+    <t>407 S MAIN ST  SUITE 300</t>
+  </si>
+  <si>
+    <t>VIROQUA</t>
+  </si>
+  <si>
+    <t>54665</t>
+  </si>
+  <si>
+    <t>VERNON</t>
+  </si>
+  <si>
+    <t>(608) 637-4376</t>
+  </si>
+  <si>
+    <t>(608) 637-4288</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>522560</t>
+  </si>
+  <si>
+    <t>OSHKOSH WEST DIALYSIS</t>
+  </si>
+  <si>
+    <t>1950 VENTURE DR</t>
+  </si>
+  <si>
+    <t>54902</t>
+  </si>
+  <si>
+    <t>(920) 303-0650</t>
+  </si>
+  <si>
+    <t>(920) 456-7861</t>
+  </si>
+  <si>
+    <t>Jodi</t>
+  </si>
+  <si>
+    <t>Rothenbach</t>
+  </si>
+  <si>
+    <t>522551</t>
+  </si>
+  <si>
+    <t>MARINETTE DIALYSIS</t>
+  </si>
+  <si>
+    <t>2706 CAHILL ROAD  SUITE A</t>
+  </si>
+  <si>
+    <t>MARINETTE</t>
+  </si>
+  <si>
+    <t>54143</t>
+  </si>
+  <si>
+    <t>(715) 732-2372</t>
+  </si>
+  <si>
+    <t>(715) 732-2269</t>
+  </si>
+  <si>
+    <t>522554</t>
+  </si>
+  <si>
+    <t>BAY SHORE DIALYSIS</t>
+  </si>
+  <si>
+    <t>5650 N GREEN BAY AVE  SUITE 150</t>
+  </si>
+  <si>
+    <t>(414) 351-1290</t>
+  </si>
+  <si>
+    <t>(414) 351-1244</t>
+  </si>
+  <si>
+    <t>Deejay</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>522603</t>
+  </si>
+  <si>
+    <t>FMC BARABOO</t>
+  </si>
+  <si>
+    <t>1600 JEFFERSON ST  SUITE 200</t>
+  </si>
+  <si>
+    <t>BARABOO</t>
+  </si>
+  <si>
+    <t>53913</t>
+  </si>
+  <si>
+    <t>SAUK</t>
+  </si>
+  <si>
+    <t>(608) 355-1860</t>
+  </si>
+  <si>
+    <t>(608) 355-1870</t>
+  </si>
+  <si>
+    <t>Melissa</t>
+  </si>
+  <si>
+    <t>Vannatta</t>
+  </si>
+  <si>
+    <t>523506</t>
+  </si>
+  <si>
+    <t>305 CAMELOT DRIVE</t>
+  </si>
+  <si>
+    <t>FOND DU LAC</t>
+  </si>
+  <si>
+    <t>54935</t>
+  </si>
+  <si>
+    <t>(920) 926-8394</t>
+  </si>
+  <si>
+    <t>(920) 923-2331</t>
+  </si>
+  <si>
+    <t>522521</t>
+  </si>
+  <si>
+    <t>MUKWONAGO DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>400 BAYVIEW RD  SUITE F</t>
+  </si>
+  <si>
+    <t>MUKWONAGO</t>
+  </si>
+  <si>
+    <t>53149</t>
+  </si>
+  <si>
+    <t>(262) 363-3561</t>
+  </si>
+  <si>
+    <t>(262) 363-1928</t>
+  </si>
+  <si>
+    <t>Singsime</t>
+  </si>
+  <si>
+    <t>522335</t>
+  </si>
+  <si>
+    <t>FROEDTERT SOUTH ESRD</t>
+  </si>
+  <si>
+    <t>9555 76TH ST</t>
+  </si>
+  <si>
+    <t>PLEASANT PRAIRIE</t>
+  </si>
+  <si>
+    <t>53158</t>
+  </si>
+  <si>
+    <t>(262) 577-8791</t>
+  </si>
+  <si>
+    <t>(262) 577-8114</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Wohlgemuth</t>
+  </si>
+  <si>
+    <t>FROEDTERT SOUTH INC</t>
+  </si>
+  <si>
+    <t>522589</t>
+  </si>
+  <si>
+    <t>WISCONSIN RAPIDS DIALYSIS</t>
+  </si>
+  <si>
+    <t>1041B HILL ST</t>
+  </si>
+  <si>
+    <t>WISCONSIN RAPIDS</t>
+  </si>
+  <si>
+    <t>54494</t>
+  </si>
+  <si>
+    <t>(715) 800-2420</t>
+  </si>
+  <si>
+    <t>(715) 422-0555</t>
+  </si>
+  <si>
+    <t>Jolene</t>
+  </si>
+  <si>
+    <t>Choszczyk</t>
+  </si>
+  <si>
+    <t>522539</t>
+  </si>
+  <si>
+    <t>FMC CHEQUAMEGON BAY</t>
+  </si>
+  <si>
+    <t>1815 BEASER AVE</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>54806</t>
+  </si>
+  <si>
+    <t>(715) 682-4333</t>
+  </si>
+  <si>
+    <t>(715) 682-4389</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Vanderport</t>
+  </si>
+  <si>
+    <t>522503</t>
+  </si>
+  <si>
+    <t>JANESVILLE DIALYSIS</t>
+  </si>
+  <si>
+    <t>1305 WOODMAN RD</t>
+  </si>
+  <si>
+    <t>53545</t>
+  </si>
+  <si>
+    <t>(608) 741-4181</t>
+  </si>
+  <si>
+    <t>(608) 741-2369</t>
+  </si>
+  <si>
+    <t>522319</t>
+  </si>
+  <si>
+    <t>CHILDRENS HOSPITAL OF WI DIALYSIS</t>
+  </si>
+  <si>
+    <t>8915 W CONNELL COURT</t>
+  </si>
+  <si>
+    <t>(414) 266-2840</t>
+  </si>
+  <si>
+    <t>(414) 266-3421</t>
+  </si>
+  <si>
+    <t>Neibauer</t>
+  </si>
+  <si>
+    <t>CHILDRENS HOSPITAL OF WISCONSIN INC</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>522502</t>
+  </si>
+  <si>
+    <t>WISCONSIN AVENUE DIALYSIS</t>
+  </si>
+  <si>
+    <t>3801 W WISCONSIN AVE</t>
+  </si>
+  <si>
+    <t>53208</t>
+  </si>
+  <si>
+    <t>(414) 937-8240</t>
+  </si>
+  <si>
+    <t>(414) 937-8248</t>
+  </si>
+  <si>
+    <t>Cassandra</t>
+  </si>
+  <si>
+    <t>Robbert</t>
+  </si>
+  <si>
+    <t>522527</t>
+  </si>
+  <si>
+    <t>SHEBOYGAN DIALSIS</t>
+  </si>
+  <si>
+    <t>1338 TAYLOR DRIVE</t>
+  </si>
+  <si>
+    <t>(920) 458-1724</t>
+  </si>
+  <si>
+    <t>(920) 459-1175</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>Roloff</t>
+  </si>
+  <si>
+    <t>522526</t>
+  </si>
+  <si>
+    <t>FOND DU LAC DIALYSIS</t>
+  </si>
+  <si>
+    <t>210 WISCONSIN AMERICAN DRIVE</t>
+  </si>
+  <si>
+    <t>54937</t>
+  </si>
+  <si>
+    <t>(920) 907-0689</t>
+  </si>
+  <si>
+    <t>(920) 907-7122</t>
+  </si>
+  <si>
+    <t>Brittany</t>
+  </si>
+  <si>
+    <t>Warner</t>
+  </si>
+  <si>
+    <t>522552</t>
+  </si>
+  <si>
+    <t>GREEN BAY DIALYSIS</t>
+  </si>
+  <si>
+    <t>1751 DECKNER AVE</t>
+  </si>
+  <si>
+    <t>54302</t>
+  </si>
+  <si>
+    <t>(920) 465-0430</t>
+  </si>
+  <si>
+    <t>Kathleen</t>
+  </si>
+  <si>
+    <t>Holzer</t>
+  </si>
+  <si>
+    <t>522594</t>
+  </si>
+  <si>
+    <t>FMC MANITOWOC</t>
+  </si>
+  <si>
+    <t>3711 DEWEY ST</t>
+  </si>
+  <si>
+    <t>54221</t>
+  </si>
+  <si>
+    <t>(920) 686-1120</t>
+  </si>
+  <si>
+    <t>(920) 686-1251</t>
+  </si>
+  <si>
+    <t>522507</t>
+  </si>
+  <si>
+    <t>LOOMIS ROAD DIALYSIS</t>
+  </si>
+  <si>
+    <t>4120 W LOOMIS RD</t>
+  </si>
+  <si>
+    <t>(414) 761-4920</t>
+  </si>
+  <si>
+    <t>(414) 761-4926</t>
+  </si>
+  <si>
+    <t>Bender</t>
+  </si>
+  <si>
+    <t>522534</t>
+  </si>
+  <si>
+    <t>TRI STATE DIALYSIS PLATTEVILLE</t>
+  </si>
+  <si>
+    <t>5 INSIGHT DRIVE</t>
+  </si>
+  <si>
+    <t>PLATTEVILLE</t>
+  </si>
+  <si>
+    <t>53818</t>
+  </si>
+  <si>
+    <t>GRANT</t>
+  </si>
+  <si>
+    <t>(608) 348-5064</t>
+  </si>
+  <si>
+    <t>(608) 348-7950</t>
+  </si>
+  <si>
+    <t>Preston</t>
+  </si>
+  <si>
+    <t>Kopp</t>
+  </si>
+  <si>
+    <t>JWDR DIALYSIS</t>
+  </si>
+  <si>
+    <t>522535</t>
+  </si>
+  <si>
+    <t>SPRING CITY DIALYSIS</t>
+  </si>
+  <si>
+    <t>1260 SENTRY DR</t>
+  </si>
+  <si>
+    <t>53186</t>
+  </si>
+  <si>
+    <t>(262) 446-5100</t>
+  </si>
+  <si>
+    <t>(262) 446-5199</t>
+  </si>
+  <si>
+    <t>522591</t>
+  </si>
+  <si>
+    <t>RHINELANDER DIALYSIS</t>
+  </si>
+  <si>
+    <t>1306 LINCOLN ST</t>
+  </si>
+  <si>
+    <t>RHINELANDER</t>
+  </si>
+  <si>
+    <t>54501</t>
+  </si>
+  <si>
+    <t>(715) 362-3718</t>
   </si>
   <si xml:space="preserve">
     <t>          </t>
   </si>
   <si>
-    <t>Jennifer</t>
-[...2 lines deleted...]
-    <t>Bender</t>
+    <t>522311</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS EAU CLAIRE</t>
+  </si>
+  <si>
+    <t>1221 WHIPPLE ST</t>
+  </si>
+  <si>
+    <t>54703</t>
+  </si>
+  <si>
+    <t>(715) 838-3171</t>
+  </si>
+  <si>
+    <t>(715) 838-3795</t>
+  </si>
+  <si>
+    <t>523529</t>
+  </si>
+  <si>
+    <t>ASPIRUS LANGLADE HOSPITAL KIDNEY CARE</t>
+  </si>
+  <si>
+    <t>501 AURORA ST</t>
+  </si>
+  <si>
+    <t>ANTIGO</t>
+  </si>
+  <si>
+    <t>54409</t>
+  </si>
+  <si>
+    <t>LANGLADE</t>
+  </si>
+  <si>
+    <t>(715) 623-9777</t>
+  </si>
+  <si>
+    <t>(715) 623-9454</t>
+  </si>
+  <si>
+    <t>RELIGIOUS HOSPITALLERS OF ST JOSPEH</t>
+  </si>
+  <si>
+    <t>522501</t>
+  </si>
+  <si>
+    <t>FOX RIVER DIALYSIS</t>
+  </si>
+  <si>
+    <t>1910 RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>54301</t>
+  </si>
+  <si>
+    <t>(920) 436-4910</t>
+  </si>
+  <si>
+    <t>(920) 437-1718</t>
+  </si>
+  <si>
+    <t>522537</t>
+  </si>
+  <si>
+    <t>LAKE GENEVA DIALYSIS</t>
+  </si>
+  <si>
+    <t>650 N EDWARDS BLVD</t>
+  </si>
+  <si>
+    <t>LAKE GENEVA</t>
+  </si>
+  <si>
+    <t>53147</t>
+  </si>
+  <si>
+    <t>WALWORTH</t>
+  </si>
+  <si>
+    <t>(262) 248-2502</t>
+  </si>
+  <si>
+    <t>(262) 249-7146</t>
+  </si>
+  <si>
+    <t>Teresa</t>
+  </si>
+  <si>
+    <t>Taber</t>
+  </si>
+  <si>
+    <t>522572</t>
+  </si>
+  <si>
+    <t>MONROE CLINIC DIALYSIS</t>
+  </si>
+  <si>
+    <t>120 7TH ST</t>
+  </si>
+  <si>
+    <t>53566</t>
+  </si>
+  <si>
+    <t>GREEN</t>
+  </si>
+  <si>
+    <t>(608) 581-3055</t>
+  </si>
+  <si>
+    <t>(608) 324-1974</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>Teasdale</t>
+  </si>
+  <si>
+    <t>522587</t>
+  </si>
+  <si>
+    <t>STEVENS POINT DIALYSIS</t>
+  </si>
+  <si>
+    <t>1100 MERIDIAN DRIVE</t>
+  </si>
+  <si>
+    <t>PLOVER</t>
+  </si>
+  <si>
+    <t>54467</t>
+  </si>
+  <si>
+    <t>(715) 343-1266</t>
+  </si>
+  <si>
+    <t>Jenny</t>
+  </si>
+  <si>
+    <t>Zogata</t>
+  </si>
+  <si>
+    <t>522570</t>
+  </si>
+  <si>
+    <t>FMC WAUPACA</t>
+  </si>
+  <si>
+    <t>102 GRAND SEASONS DR  SUITE 7</t>
+  </si>
+  <si>
+    <t>WAUPACA</t>
+  </si>
+  <si>
+    <t>54981</t>
+  </si>
+  <si>
+    <t>(715) 258-2547</t>
+  </si>
+  <si>
+    <t>(715) 258-2686</t>
+  </si>
+  <si>
+    <t>Wogernese</t>
+  </si>
+  <si>
+    <t>522571</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST APPLETON AVENUE</t>
+  </si>
+  <si>
+    <t>7795 W APPLETON AVE  SUITE B</t>
+  </si>
+  <si>
+    <t>53222</t>
+  </si>
+  <si>
+    <t>(414) 464-0820</t>
+  </si>
+  <si>
+    <t>(414) 464-1507</t>
+  </si>
+  <si>
+    <t>522596</t>
+  </si>
+  <si>
+    <t>LAKE HALLIE DIALYSIS</t>
+  </si>
+  <si>
+    <t>3636 E MELBY ST</t>
+  </si>
+  <si>
+    <t>LAKE HALLIE</t>
+  </si>
+  <si>
+    <t>54729</t>
+  </si>
+  <si>
+    <t>CHIPPEWA</t>
+  </si>
+  <si>
+    <t>(715) 833-8512</t>
+  </si>
+  <si>
+    <t>(715) 833-8534</t>
+  </si>
+  <si>
+    <t>Kyra</t>
+  </si>
+  <si>
+    <t>Pickett</t>
+  </si>
+  <si>
+    <t>522547</t>
+  </si>
+  <si>
+    <t>FMC RIPON SOUTH</t>
+  </si>
+  <si>
+    <t>37 STONEY RIDGE RD  SUITE 100</t>
+  </si>
+  <si>
+    <t>RIPON</t>
+  </si>
+  <si>
+    <t>54971</t>
+  </si>
+  <si>
+    <t>(920) 748-8651</t>
+  </si>
+  <si>
+    <t>(920) 748-8657</t>
+  </si>
+  <si>
+    <t>522504</t>
+  </si>
+  <si>
+    <t>WAUKESHA DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>721 AMERICAN AVE  SUITE 204</t>
+  </si>
+  <si>
+    <t>(262) 549-0754</t>
+  </si>
+  <si>
+    <t>(262) 928-5483</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>522536</t>
+  </si>
+  <si>
+    <t>BLUEMOUND PD</t>
+  </si>
+  <si>
+    <t>601 NORTH 99TH ST  SUITE 300</t>
+  </si>
+  <si>
+    <t>(414) 778-1623</t>
+  </si>
+  <si>
+    <t>(414) 778-1631</t>
+  </si>
+  <si>
+    <t>Lexann</t>
+  </si>
+  <si>
+    <t>Krzyzaniak</t>
+  </si>
+  <si>
+    <t>522324</t>
+  </si>
+  <si>
+    <t>BELOIT HEALTH SYSTEM</t>
+  </si>
+  <si>
+    <t>1969 W HART RD</t>
+  </si>
+  <si>
+    <t>BELOIT</t>
+  </si>
+  <si>
+    <t>53511</t>
+  </si>
+  <si>
+    <t>(608) 364-5580</t>
+  </si>
+  <si>
+    <t>(608) 364-5306</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Nelson</t>
+  </si>
+  <si>
+    <t>BELOIT HEALTH SYSTEM INC</t>
+  </si>
+  <si>
+    <t>522598</t>
+  </si>
+  <si>
+    <t>CAPITOL COURT DIALYSIS</t>
+  </si>
+  <si>
+    <t>4176 N 56TH ST</t>
+  </si>
+  <si>
+    <t>(414) 445-2119</t>
+  </si>
+  <si>
+    <t>(414) 445-3794</t>
+  </si>
+  <si>
+    <t>Noe</t>
+  </si>
+  <si>
+    <t>522597</t>
+  </si>
+  <si>
+    <t>LAKE COUNTRY DIALYSIS</t>
+  </si>
+  <si>
+    <t>2301 SUN VALLEY DR  SUITE 101</t>
+  </si>
+  <si>
+    <t>DELAFIELD</t>
+  </si>
+  <si>
+    <t>53018</t>
+  </si>
+  <si>
+    <t>(262) 646-3080</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>522547</t>
-[...275 lines deleted...]
-    <t>9</t>
+    <t>522595</t>
+  </si>
+  <si>
+    <t>MILL STREET HOME TRAINING</t>
+  </si>
+  <si>
+    <t>N54 W6135 MILL ST  SUITE 500</t>
+  </si>
+  <si>
+    <t>(262) 377-2158</t>
+  </si>
+  <si>
+    <t>(262) 377-2191</t>
+  </si>
+  <si>
+    <t>522608</t>
+  </si>
+  <si>
+    <t>LAKE DELTON DIALYSIS</t>
+  </si>
+  <si>
+    <t>14 COUNTY ROAD P</t>
+  </si>
+  <si>
+    <t>WISCONSIN DELLS</t>
+  </si>
+  <si>
+    <t>53965</t>
+  </si>
+  <si>
+    <t>(608) 253-3597</t>
+  </si>
+  <si>
+    <t>(608) 253-3948</t>
   </si>
   <si>
     <t>522625</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE OCONTO FALLS</t>
   </si>
   <si>
     <t>853 S MAIN ST  SUITE A</t>
   </si>
   <si>
     <t>OCONTO FALLS</t>
   </si>
   <si>
     <t>54154</t>
   </si>
   <si>
     <t>OCONTO</t>
   </si>
   <si>
     <t>(920) 848-6346</t>
   </si>
   <si>
     <t>(920) 848-6352</t>
   </si>
@@ -635,2610 +2876,369 @@
   <si>
     <t>421 STAGELINE ROAD</t>
   </si>
   <si>
     <t>HUDSON</t>
   </si>
   <si>
     <t>54016</t>
   </si>
   <si>
     <t>SAINT CROIX</t>
   </si>
   <si>
     <t>(715) 381-8240</t>
   </si>
   <si>
     <t>(715) 381-8454</t>
   </si>
   <si>
     <t>Brandie</t>
   </si>
   <si>
     <t>Tolzman</t>
   </si>
   <si>
-    <t>522598</t>
-[...23 lines deleted...]
-    <t>16</t>
+    <t>522607</t>
+  </si>
+  <si>
+    <t>SUN PRAIRIE DIALYSIS</t>
+  </si>
+  <si>
+    <t>719 BUNNY TRAIL</t>
+  </si>
+  <si>
+    <t>SUN PRAIRIE</t>
+  </si>
+  <si>
+    <t>53590</t>
+  </si>
+  <si>
+    <t>(608) 825-6556</t>
+  </si>
+  <si>
+    <t>(608) 825-2886</t>
   </si>
   <si>
     <t>522601</t>
   </si>
   <si>
     <t>CHILTON DIALYSIS</t>
   </si>
   <si>
     <t>425 MB LANE</t>
   </si>
   <si>
     <t>CHILTON</t>
   </si>
   <si>
     <t>53014</t>
   </si>
   <si>
     <t>CALUMET</t>
   </si>
   <si>
     <t>(920) 849-3390</t>
   </si>
   <si>
     <t>(920) 849-3432</t>
   </si>
   <si>
-    <t>Anne</t>
-[...56 lines deleted...]
-    <t>Pickett</t>
+    <t>522613</t>
+  </si>
+  <si>
+    <t>BROWN DEER DIALYSIS</t>
+  </si>
+  <si>
+    <t>9127 N 76TH ST</t>
+  </si>
+  <si>
+    <t>(414) 354-4319</t>
+  </si>
+  <si>
+    <t>(414) 365-3519</t>
+  </si>
+  <si>
+    <t>522615</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE BROOKFIELD</t>
+  </si>
+  <si>
+    <t>17500 W CAPITOL DR</t>
+  </si>
+  <si>
+    <t>(262) 373-1244</t>
+  </si>
+  <si>
+    <t>(262) 373-1254</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Borucki</t>
+  </si>
+  <si>
+    <t>522609</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SLINGER</t>
+  </si>
+  <si>
+    <t>631 LOUS WAY</t>
+  </si>
+  <si>
+    <t>SLINGER</t>
+  </si>
+  <si>
+    <t>53086</t>
+  </si>
+  <si>
+    <t>(262) 644-1180</t>
+  </si>
+  <si>
+    <t>(262) 644-1188</t>
   </si>
   <si>
     <t>522614</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE SILVER SPRING</t>
   </si>
   <si>
     <t>2615 W SILVER SPRING DR</t>
   </si>
   <si>
-    <t>53202</t>
-[...1 lines deleted...]
-  <si>
     <t>(414) 461-2649</t>
   </si>
   <si>
     <t>(414) 461-2566</t>
   </si>
   <si>
-    <t>Sarah</t>
-[...5 lines deleted...]
-    <t>18</t>
+    <t>522618</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE GREENFIELD</t>
+  </si>
+  <si>
+    <t>5125 W MORGAN AVE</t>
+  </si>
+  <si>
+    <t>(414) 290-8236</t>
   </si>
   <si>
     <t>522616</t>
   </si>
   <si>
     <t>ESTABROOK PARK DIALYSIS</t>
   </si>
   <si>
     <t>733 E CAPITOL DR</t>
   </si>
   <si>
     <t>(414) 906-0144</t>
   </si>
   <si>
     <t>(414) 963-1231</t>
   </si>
   <si>
-    <t>Matthew</t>
-[...4 lines deleted...]
-  <si>
     <t>522617</t>
   </si>
   <si>
     <t>CONCERTO WISCONSIN</t>
   </si>
   <si>
     <t>13905 W BURLEIGH RD</t>
   </si>
   <si>
-    <t>BROOKFIELD</t>
-[...1 lines deleted...]
-  <si>
     <t>53005</t>
   </si>
   <si>
     <t>(414) 354-3300</t>
   </si>
   <si>
     <t>(847) 233-1302</t>
   </si>
   <si>
     <t>Kagan</t>
   </si>
   <si>
     <t>CONCERTO HOLDINGS LLC</t>
   </si>
   <si>
-    <t>522607</t>
-[...28 lines deleted...]
-  <si>
     <t>522612</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE SUN PRAIRIE</t>
   </si>
   <si>
     <t>2831 O KEEFFE AVE</t>
   </si>
   <si>
     <t>(608) 274-6358</t>
   </si>
   <si>
     <t>(608) 274-6376</t>
   </si>
   <si>
-    <t>Tonya</t>
-[...7 lines deleted...]
-  <si>
     <t>522611</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE JANESVILLE</t>
   </si>
   <si>
     <t>1407 CRESTON PARK DR</t>
   </si>
   <si>
-    <t>JANESVILLE</t>
-[...4 lines deleted...]
-  <si>
     <t>(608) 752-6362</t>
   </si>
   <si>
     <t>Heidi</t>
   </si>
   <si>
     <t>Pichotta</t>
   </si>
   <si>
-    <t>522613</t>
-[...125 lines deleted...]
-    <t>Selvaggi</t>
+    <t>522619</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST NEPHROLOGY ASSOCIATES BURLINGTON</t>
+  </si>
+  <si>
+    <t>2049 LYNCH WAY</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>53105</t>
+  </si>
+  <si>
+    <t>(262) 757-7790</t>
+  </si>
+  <si>
+    <t>(262) 763-2290</t>
+  </si>
+  <si>
+    <t>522621</t>
+  </si>
+  <si>
+    <t>ALLOUEZ DIALYSIS</t>
+  </si>
+  <si>
+    <t>161 W ST JOSEPH ST</t>
+  </si>
+  <si>
+    <t>ALLOUEZ</t>
+  </si>
+  <si>
+    <t>(920) 932-6441</t>
+  </si>
+  <si>
+    <t>(920) 932-6465</t>
+  </si>
+  <si>
+    <t>522622</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE LOMBARDI</t>
+  </si>
+  <si>
+    <t>2240 HOLMGREN WAY</t>
+  </si>
+  <si>
+    <t>54304</t>
+  </si>
+  <si>
+    <t>(920) 307-7320</t>
+  </si>
+  <si>
+    <t>(920) 245-7127</t>
   </si>
   <si>
     <t>522620</t>
   </si>
   <si>
     <t>TRI STATE DIALYSIS</t>
   </si>
   <si>
     <t>190 N ORANGE ST  SUITE 1</t>
   </si>
   <si>
     <t>RICHLAND CENTER</t>
   </si>
   <si>
     <t>53581</t>
   </si>
   <si>
     <t>RICHLAND</t>
   </si>
   <si>
     <t>(608) 383-7020</t>
   </si>
   <si>
     <t>(608) 649-5483</t>
   </si>
   <si>
     <t>Kate</t>
   </si>
   <si>
     <t>Kern</t>
   </si>
   <si>
-    <t>JWDR DIALYSIS</t>
-[...76 lines deleted...]
-  <si>
     <t>522628</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE APPLETON AVENUE HOME</t>
   </si>
   <si>
     <t>7795 W APPLETON AVE  SUITE A</t>
   </si>
   <si>
-    <t>53222</t>
-[...1 lines deleted...]
-  <si>
     <t>(224) 651-3151</t>
   </si>
   <si>
     <t>(414) 567-1507</t>
   </si>
   <si>
     <t>522629</t>
   </si>
   <si>
     <t>MILWAUKEE HOME TRAINING</t>
   </si>
   <si>
     <t>3658 S 27TH ST</t>
   </si>
   <si>
-    <t>53221</t>
-[...1 lines deleted...]
-  <si>
     <t>(414) 391-9322</t>
   </si>
   <si>
     <t>(414) 210-3510</t>
   </si>
   <si>
     <t>WHEELERS DEALERS LLC</t>
-  </si>
-[...2020 lines deleted...]
-    <t>Wogernese</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="7">
     <numFmt numFmtId="0" formatCode="General"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="9" formatCode="0%"/>
     <numFmt numFmtId="82" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="5">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="0"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -3503,439 +3503,439 @@
       </c>
       <c r="X2" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" ht="30" customHeight="1">
       <c r="A3" s="23" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C3" s="23" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>42</v>
       </c>
       <c r="G3" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" s="23" t="s">
         <v>43</v>
       </c>
-      <c r="H3" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I3" s="23" t="s">
+      <c r="J3" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" s="23" t="s">
         <v>44</v>
       </c>
-      <c r="J3" s="23" t="s">
+      <c r="L3" s="23" t="s">
         <v>45</v>
       </c>
-      <c r="K3" s="23" t="s">
+      <c r="M3" s="23" t="s">
         <v>46</v>
       </c>
-      <c r="L3" s="23" t="s">
+      <c r="N3" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="M3" s="23" t="s">
+      <c r="O3" s="23" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="P3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R3" s="25"/>
       <c r="S3" s="25"/>
       <c r="T3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U3" s="23" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="V3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X3" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" ht="30" customHeight="1">
       <c r="A4" s="23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="23" t="s">
         <v>51</v>
       </c>
-      <c r="B4" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="23" t="s">
+      <c r="D4" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="23" t="s">
         <v>52</v>
       </c>
-      <c r="D4" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="23" t="s">
+      <c r="G4" s="23" t="s">
         <v>53</v>
       </c>
-      <c r="G4" s="23" t="s">
+      <c r="H4" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" s="23" t="s">
         <v>54</v>
       </c>
-      <c r="H4" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="23" t="s">
+      <c r="J4" s="23" t="s">
         <v>55</v>
       </c>
-      <c r="J4" s="23" t="s">
+      <c r="K4" s="23" t="s">
         <v>56</v>
       </c>
-      <c r="K4" s="23" t="s">
+      <c r="L4" s="23" t="s">
         <v>57</v>
       </c>
-      <c r="L4" s="23" t="s">
+      <c r="M4" s="23" t="s">
         <v>58</v>
       </c>
-      <c r="M4" s="23" t="s">
+      <c r="N4" s="23" t="s">
         <v>59</v>
       </c>
-      <c r="N4" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" s="23" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="P4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R4" s="25"/>
       <c r="S4" s="25"/>
       <c r="T4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U4" s="23" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="V4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X4" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
       <c r="A5" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="23" t="s">
         <v>63</v>
       </c>
-      <c r="B5" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="23" t="s">
+      <c r="G5" s="23" t="s">
         <v>64</v>
       </c>
-      <c r="D5" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="23" t="s">
+      <c r="H5" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="23" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J5" s="23" t="s">
         <v>66</v>
       </c>
       <c r="K5" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="L5" s="23" t="s">
         <v>68</v>
       </c>
-      <c r="L5" s="23" t="s">
+      <c r="M5" s="23" t="s">
         <v>69</v>
       </c>
-      <c r="M5" s="23" t="s">
+      <c r="N5" s="23" t="s">
         <v>70</v>
       </c>
-      <c r="N5" s="23" t="s">
+      <c r="O5" s="23" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="P5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R5" s="25"/>
       <c r="S5" s="25"/>
       <c r="T5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U5" s="23" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X5" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="B6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="23" t="s">
+      <c r="D6" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="D6" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="23" t="s">
+      <c r="G6" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="G6" s="23" t="s">
+      <c r="H6" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I6" s="23" t="s">
         <v>77</v>
       </c>
-      <c r="H6" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="23" t="s">
+      <c r="J6" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K6" s="23" t="s">
         <v>78</v>
       </c>
-      <c r="J6" s="23" t="s">
+      <c r="L6" s="23" t="s">
         <v>79</v>
       </c>
-      <c r="K6" s="23" t="s">
+      <c r="M6" s="23" t="s">
         <v>80</v>
       </c>
-      <c r="L6" s="23" t="s">
+      <c r="N6" s="23" t="s">
         <v>81</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="O6" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R6" s="25"/>
       <c r="S6" s="25"/>
       <c r="T6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U6" s="23" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="V6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X6" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" ht="30" customHeight="1">
       <c r="A7" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" s="23" t="s">
         <v>85</v>
       </c>
-      <c r="B7" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="23" t="s">
+      <c r="G7" s="23" t="s">
         <v>86</v>
       </c>
-      <c r="D7" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="23" t="s">
+      <c r="H7" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I7" s="23" t="s">
         <v>87</v>
       </c>
-      <c r="G7" s="23" t="s">
+      <c r="J7" s="23" t="s">
         <v>88</v>
       </c>
-      <c r="H7" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="23" t="s">
+      <c r="K7" s="23" t="s">
         <v>89</v>
       </c>
-      <c r="J7" s="23" t="s">
+      <c r="L7" s="23" t="s">
         <v>90</v>
       </c>
-      <c r="K7" s="23" t="s">
+      <c r="M7" s="23" t="s">
         <v>91</v>
       </c>
-      <c r="L7" s="23" t="s">
+      <c r="N7" s="23" t="s">
         <v>92</v>
       </c>
-      <c r="M7" s="23" t="s">
+      <c r="O7" s="23" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="P7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R7" s="25"/>
       <c r="S7" s="25"/>
       <c r="T7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U7" s="23" t="s">
-        <v>95</v>
+        <v>72</v>
       </c>
       <c r="V7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X7" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B8" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="D8" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="23" t="s">
         <v>96</v>
       </c>
-      <c r="B8" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="23" t="s">
+      <c r="G8" s="23" t="s">
         <v>97</v>
       </c>
-      <c r="D8" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="23" t="s">
+      <c r="H8" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I8" s="23" t="s">
         <v>98</v>
       </c>
-      <c r="G8" s="23" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="23" t="s">
+      <c r="J8" s="23" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="K8" s="23" t="s">
         <v>100</v>
       </c>
       <c r="L8" s="23" t="s">
         <v>101</v>
       </c>
       <c r="M8" s="23" t="s">
         <v>102</v>
       </c>
       <c r="N8" s="23" t="s">
         <v>103</v>
       </c>
       <c r="O8" s="23" t="s">
-        <v>37</v>
+        <v>104</v>
       </c>
       <c r="P8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R8" s="25"/>
       <c r="S8" s="25"/>
       <c r="T8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U8" s="23" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="V8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X8" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" ht="30" customHeight="1">
       <c r="A9" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B9" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="23" t="s">
         <v>106</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="23" t="s">
@@ -3947,751 +3947,751 @@
       <c r="G9" s="23" t="s">
         <v>108</v>
       </c>
       <c r="H9" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="23" t="s">
         <v>109</v>
       </c>
       <c r="J9" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K9" s="23" t="s">
         <v>110</v>
       </c>
       <c r="L9" s="23" t="s">
         <v>111</v>
       </c>
       <c r="M9" s="23" t="s">
         <v>112</v>
       </c>
       <c r="N9" s="23" t="s">
         <v>113</v>
       </c>
       <c r="O9" s="23" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="P9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U9" s="23" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="V9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X9" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>115</v>
       </c>
       <c r="B10" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="23" t="s">
         <v>116</v>
       </c>
       <c r="D10" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="23" t="s">
         <v>117</v>
       </c>
       <c r="G10" s="23" t="s">
         <v>118</v>
       </c>
       <c r="H10" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="23" t="s">
         <v>119</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="K10" s="23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L10" s="23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M10" s="23" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="N10" s="23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="O10" s="23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U10" s="23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="V10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X10" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" s="23" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D11" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G11" s="23" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="H11" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="23" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="J11" s="23" t="s">
-        <v>79</v>
+        <v>130</v>
       </c>
       <c r="K11" s="23" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="L11" s="23" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="M11" s="23" t="s">
-        <v>82</v>
+        <v>134</v>
       </c>
       <c r="N11" s="23" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="O11" s="23" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="P11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R11" s="25"/>
       <c r="S11" s="25"/>
       <c r="T11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U11" s="23" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="V11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X11" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" s="23" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B12" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="23" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="G12" s="23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="H12" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="23" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="J12" s="23" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="K12" s="23" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="L12" s="23" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="M12" s="23" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="N12" s="23" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="O12" s="23" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="P12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U12" s="23" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="V12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X12" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" s="23" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B13" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D13" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="23" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G13" s="23" t="s">
-        <v>147</v>
+        <v>30</v>
       </c>
       <c r="H13" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="23" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="J13" s="23" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="K13" s="23" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="L13" s="23" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="M13" s="23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="N13" s="23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="O13" s="23" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="P13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R13" s="25"/>
       <c r="S13" s="25"/>
       <c r="T13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U13" s="23" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="V13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X13" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" s="23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D14" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="23" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G14" s="23" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H14" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="J14" s="23" t="s">
         <v>160</v>
       </c>
       <c r="K14" s="23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="L14" s="23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="M14" s="23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N14" s="23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="O14" s="23" t="s">
-        <v>165</v>
+        <v>37</v>
       </c>
       <c r="P14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R14" s="25"/>
       <c r="S14" s="25"/>
       <c r="T14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U14" s="23" t="s">
-        <v>125</v>
+        <v>166</v>
       </c>
       <c r="V14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X14" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="15" ht="30" customHeight="1">
       <c r="A15" s="23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D15" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F15" s="23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G15" s="23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H15" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="23" t="s">
-        <v>170</v>
+        <v>43</v>
       </c>
       <c r="J15" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="K15" s="23" t="s">
         <v>171</v>
       </c>
-      <c r="K15" s="23" t="s">
+      <c r="L15" s="23" t="s">
         <v>172</v>
       </c>
-      <c r="L15" s="23" t="s">
+      <c r="M15" s="23" t="s">
         <v>173</v>
       </c>
-      <c r="M15" s="23" t="s">
+      <c r="N15" s="23" t="s">
         <v>174</v>
       </c>
-      <c r="N15" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="23" t="s">
-        <v>176</v>
+        <v>37</v>
       </c>
       <c r="P15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R15" s="25"/>
       <c r="S15" s="25"/>
       <c r="T15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U15" s="23" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
       <c r="V15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X15" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" ht="30" customHeight="1">
       <c r="A16" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="B16" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>176</v>
+      </c>
+      <c r="D16" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F16" s="23" t="s">
+        <v>177</v>
+      </c>
+      <c r="G16" s="23" t="s">
         <v>178</v>
       </c>
-      <c r="B16" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="23" t="s">
+      <c r="H16" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I16" s="23" t="s">
         <v>179</v>
       </c>
-      <c r="D16" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="23" t="s">
+      <c r="J16" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="K16" s="23" t="s">
         <v>180</v>
       </c>
-      <c r="G16" s="23" t="s">
+      <c r="L16" s="23" t="s">
         <v>181</v>
       </c>
-      <c r="H16" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="23" t="s">
+      <c r="M16" s="23" t="s">
         <v>182</v>
       </c>
-      <c r="J16" s="23" t="s">
+      <c r="N16" s="23" t="s">
         <v>183</v>
       </c>
-      <c r="K16" s="23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O16" s="23" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="P16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R16" s="25"/>
       <c r="S16" s="25"/>
       <c r="T16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U16" s="23" t="s">
-        <v>114</v>
+        <v>184</v>
       </c>
       <c r="V16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X16" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" ht="30" customHeight="1">
       <c r="A17" s="23" t="s">
+        <v>185</v>
+      </c>
+      <c r="B17" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="23" t="s">
+        <v>186</v>
+      </c>
+      <c r="D17" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F17" s="23" t="s">
+        <v>187</v>
+      </c>
+      <c r="G17" s="23" t="s">
         <v>188</v>
       </c>
-      <c r="B17" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="23" t="s">
+      <c r="H17" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="23" t="s">
         <v>189</v>
       </c>
-      <c r="D17" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="23" t="s">
+      <c r="J17" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17" s="23" t="s">
         <v>190</v>
       </c>
-      <c r="G17" s="23" t="s">
+      <c r="L17" s="23" t="s">
         <v>191</v>
       </c>
-      <c r="H17" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="23" t="s">
+      <c r="M17" s="23" t="s">
         <v>192</v>
       </c>
-      <c r="J17" s="23" t="s">
+      <c r="N17" s="23" t="s">
         <v>193</v>
-      </c>
-[...10 lines deleted...]
-        <v>197</v>
       </c>
       <c r="O17" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R17" s="25"/>
       <c r="S17" s="25"/>
       <c r="T17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U17" s="23" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="V17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X17" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" ht="30" customHeight="1">
       <c r="A18" s="23" t="s">
+        <v>194</v>
+      </c>
+      <c r="B18" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="D18" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F18" s="23" t="s">
+        <v>196</v>
+      </c>
+      <c r="G18" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="H18" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" s="23" t="s">
         <v>198</v>
       </c>
-      <c r="B18" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="23" t="s">
+      <c r="J18" s="23" t="s">
         <v>199</v>
       </c>
-      <c r="D18" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="23" t="s">
+      <c r="K18" s="23" t="s">
         <v>200</v>
       </c>
-      <c r="G18" s="23" t="s">
+      <c r="L18" s="23" t="s">
         <v>201</v>
       </c>
-      <c r="H18" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="23" t="s">
+      <c r="M18" s="23" t="s">
         <v>202</v>
       </c>
-      <c r="J18" s="23" t="s">
+      <c r="N18" s="23" t="s">
         <v>203</v>
       </c>
-      <c r="K18" s="23" t="s">
+      <c r="O18" s="23" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>124</v>
       </c>
       <c r="P18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R18" s="25"/>
       <c r="S18" s="25"/>
       <c r="T18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U18" s="23" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="V18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X18" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" ht="30" customHeight="1">
       <c r="A19" s="23" t="s">
+        <v>206</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="D19" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F19" s="23" t="s">
         <v>208</v>
       </c>
-      <c r="B19" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="23" t="s">
+      <c r="G19" s="23" t="s">
         <v>209</v>
       </c>
-      <c r="D19" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="23" t="s">
+      <c r="H19" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I19" s="23" t="s">
         <v>210</v>
       </c>
-      <c r="G19" s="23" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="23" t="s">
+      <c r="J19" s="23" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K19" s="23" t="s">
         <v>212</v>
       </c>
       <c r="L19" s="23" t="s">
         <v>213</v>
       </c>
       <c r="M19" s="23" t="s">
         <v>214</v>
       </c>
       <c r="N19" s="23" t="s">
         <v>215</v>
       </c>
       <c r="O19" s="23" t="s">
-        <v>124</v>
+        <v>93</v>
       </c>
       <c r="P19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R19" s="25"/>
       <c r="S19" s="25"/>
       <c r="T19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U19" s="23" t="s">
         <v>216</v>
       </c>
       <c r="V19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X19" s="23" t="s">
         <v>39</v>
       </c>
     </row>
@@ -4702,7430 +4702,7430 @@
       <c r="B20" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="23" t="s">
         <v>218</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F20" s="23" t="s">
         <v>219</v>
       </c>
       <c r="G20" s="23" t="s">
         <v>220</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="23" t="s">
         <v>221</v>
       </c>
       <c r="J20" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="K20" s="23" t="s">
         <v>222</v>
       </c>
-      <c r="K20" s="23" t="s">
+      <c r="L20" s="23" t="s">
         <v>223</v>
       </c>
-      <c r="L20" s="23" t="s">
+      <c r="M20" s="23" t="s">
         <v>224</v>
       </c>
-      <c r="M20" s="23" t="s">
+      <c r="N20" s="23" t="s">
         <v>225</v>
       </c>
-      <c r="N20" s="23" t="s">
+      <c r="O20" s="23" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="P20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R20" s="25"/>
       <c r="S20" s="25"/>
       <c r="T20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U20" s="23" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="V20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X20" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" ht="30" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>228</v>
       </c>
       <c r="D21" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F21" s="23" t="s">
         <v>229</v>
       </c>
       <c r="G21" s="23" t="s">
         <v>230</v>
       </c>
       <c r="H21" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="23" t="s">
         <v>231</v>
       </c>
       <c r="J21" s="23" t="s">
         <v>232</v>
       </c>
       <c r="K21" s="23" t="s">
         <v>233</v>
       </c>
       <c r="L21" s="23" t="s">
         <v>234</v>
       </c>
       <c r="M21" s="23" t="s">
-        <v>112</v>
+        <v>235</v>
       </c>
       <c r="N21" s="23" t="s">
-        <v>113</v>
+        <v>236</v>
       </c>
       <c r="O21" s="23" t="s">
-        <v>37</v>
+        <v>237</v>
       </c>
       <c r="P21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R21" s="25"/>
       <c r="S21" s="25"/>
       <c r="T21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U21" s="23" t="s">
-        <v>84</v>
+        <v>238</v>
       </c>
       <c r="V21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X21" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="22" ht="30" customHeight="1">
       <c r="A22" s="23" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D22" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F22" s="23" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="G22" s="23" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="H22" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="23" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="J22" s="23" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="K22" s="23" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="L22" s="23" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="M22" s="23" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="N22" s="23" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="O22" s="23" t="s">
-        <v>124</v>
+        <v>249</v>
       </c>
       <c r="P22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R22" s="25"/>
       <c r="S22" s="25"/>
       <c r="T22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U22" s="23" t="s">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="V22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X22" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" ht="30" customHeight="1">
       <c r="A23" s="23" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B23" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D23" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F23" s="23" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="G23" s="23" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="23" t="s">
-        <v>248</v>
+        <v>43</v>
       </c>
       <c r="J23" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K23" s="23" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="L23" s="23" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="M23" s="23" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="N23" s="23" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="O23" s="23" t="s">
-        <v>154</v>
+        <v>257</v>
       </c>
       <c r="P23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R23" s="25"/>
       <c r="S23" s="25"/>
       <c r="T23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U23" s="23" t="s">
-        <v>253</v>
+        <v>38</v>
       </c>
       <c r="V23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X23" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="24" ht="30" customHeight="1">
       <c r="A24" s="23" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="B24" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D24" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F24" s="23" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="G24" s="23" t="s">
-        <v>30</v>
+        <v>261</v>
       </c>
       <c r="H24" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="23" t="s">
-        <v>32</v>
+        <v>262</v>
       </c>
       <c r="J24" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K24" s="23" t="s">
+        <v>263</v>
+      </c>
+      <c r="L24" s="23" t="s">
+        <v>264</v>
+      </c>
+      <c r="M24" s="23" t="s">
+        <v>265</v>
+      </c>
+      <c r="N24" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="O24" s="23" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>37</v>
       </c>
       <c r="P24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R24" s="25"/>
       <c r="S24" s="25"/>
       <c r="T24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U24" s="23" t="s">
-        <v>133</v>
+        <v>49</v>
       </c>
       <c r="V24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X24" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" ht="30" customHeight="1">
       <c r="A25" s="23" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B25" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D25" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F25" s="23" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="G25" s="23" t="s">
-        <v>264</v>
+        <v>30</v>
       </c>
       <c r="H25" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="23" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="J25" s="23" t="s">
-        <v>79</v>
+        <v>30</v>
       </c>
       <c r="K25" s="23" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="L25" s="23" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="M25" s="23" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="N25" s="23" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="O25" s="23" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="P25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R25" s="25"/>
       <c r="S25" s="25"/>
       <c r="T25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U25" s="23" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="V25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X25" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="26" ht="30" customHeight="1">
       <c r="A26" s="23" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="B26" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D26" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F26" s="23" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="G26" s="23" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="H26" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="23" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="J26" s="23" t="s">
-        <v>275</v>
+        <v>30</v>
       </c>
       <c r="K26" s="23" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="L26" s="23" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="M26" s="23" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="N26" s="23" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="O26" s="23" t="s">
-        <v>124</v>
+        <v>226</v>
       </c>
       <c r="P26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R26" s="25"/>
       <c r="S26" s="25"/>
       <c r="T26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U26" s="23" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="V26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X26" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="27" ht="30" customHeight="1">
       <c r="A27" s="23" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B27" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D27" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F27" s="23" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="G27" s="23" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="H27" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="23" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="J27" s="23" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="K27" s="23" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="L27" s="23" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="M27" s="23" t="s">
-        <v>285</v>
+        <v>202</v>
       </c>
       <c r="N27" s="23" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="O27" s="23" t="s">
-        <v>154</v>
+        <v>226</v>
       </c>
       <c r="P27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R27" s="25"/>
       <c r="S27" s="25"/>
       <c r="T27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U27" s="23" t="s">
-        <v>287</v>
+        <v>60</v>
       </c>
       <c r="V27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X27" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" ht="30" customHeight="1">
       <c r="A28" s="23" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B28" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D28" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F28" s="23" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="G28" s="23" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H28" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="23" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="J28" s="23" t="s">
-        <v>171</v>
+        <v>297</v>
       </c>
       <c r="K28" s="23" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="L28" s="23" t="s">
-        <v>81</v>
+        <v>299</v>
       </c>
       <c r="M28" s="23" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="N28" s="23" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="O28" s="23" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="P28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R28" s="25"/>
       <c r="S28" s="25"/>
       <c r="T28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U28" s="23" t="s">
-        <v>133</v>
+        <v>72</v>
       </c>
       <c r="V28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X28" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" ht="30" customHeight="1">
       <c r="A29" s="23" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B29" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="D29" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F29" s="23" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="G29" s="23" t="s">
-        <v>30</v>
+        <v>305</v>
       </c>
       <c r="H29" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="23" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="J29" s="23" t="s">
-        <v>30</v>
+        <v>307</v>
       </c>
       <c r="K29" s="23" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="L29" s="23" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="M29" s="23" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="N29" s="23" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="O29" s="23" t="s">
-        <v>37</v>
+        <v>312</v>
       </c>
       <c r="P29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R29" s="25"/>
       <c r="S29" s="25"/>
       <c r="T29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U29" s="23" t="s">
-        <v>304</v>
+        <v>72</v>
       </c>
       <c r="V29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X29" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" ht="30" customHeight="1">
       <c r="A30" s="23" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
       <c r="B30" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="D30" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F30" s="23" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="G30" s="23" t="s">
-        <v>264</v>
+        <v>316</v>
       </c>
       <c r="H30" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="23" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="J30" s="23" t="s">
-        <v>79</v>
+        <v>318</v>
       </c>
       <c r="K30" s="23" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="L30" s="23" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="M30" s="23" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="N30" s="23" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="O30" s="23" t="s">
-        <v>313</v>
+        <v>48</v>
       </c>
       <c r="P30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R30" s="25"/>
       <c r="S30" s="25"/>
       <c r="T30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U30" s="23" t="s">
-        <v>133</v>
+        <v>205</v>
       </c>
       <c r="V30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X30" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" ht="30" customHeight="1">
       <c r="A31" s="23" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="B31" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="D31" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F31" s="23" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="G31" s="23" t="s">
-        <v>317</v>
+        <v>232</v>
       </c>
       <c r="H31" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="23" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="J31" s="23" t="s">
-        <v>45</v>
+        <v>232</v>
       </c>
       <c r="K31" s="23" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="L31" s="23" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="M31" s="23" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="N31" s="23" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="O31" s="23" t="s">
-        <v>154</v>
+        <v>312</v>
       </c>
       <c r="P31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R31" s="25"/>
       <c r="S31" s="25"/>
       <c r="T31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U31" s="23" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="V31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X31" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" ht="30" customHeight="1">
       <c r="A32" s="23" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="B32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="D32" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F32" s="23" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="G32" s="23" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="23" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="J32" s="23" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="K32" s="23" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="L32" s="23" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="M32" s="23" t="s">
-        <v>278</v>
+        <v>310</v>
       </c>
       <c r="N32" s="23" t="s">
-        <v>279</v>
+        <v>311</v>
       </c>
       <c r="O32" s="23" t="s">
-        <v>124</v>
+        <v>312</v>
       </c>
       <c r="P32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R32" s="25"/>
       <c r="S32" s="25"/>
       <c r="T32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U32" s="23" t="s">
-        <v>125</v>
+        <v>337</v>
       </c>
       <c r="V32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X32" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="33" ht="30" customHeight="1">
       <c r="A33" s="23" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="B33" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>332</v>
+        <v>339</v>
       </c>
       <c r="D33" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F33" s="23" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="G33" s="23" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="H33" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="23" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="J33" s="23" t="s">
-        <v>30</v>
+        <v>318</v>
       </c>
       <c r="K33" s="23" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="L33" s="23" t="s">
-        <v>81</v>
+        <v>343</v>
       </c>
       <c r="M33" s="23" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="N33" s="23" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="O33" s="23" t="s">
-        <v>132</v>
+        <v>346</v>
       </c>
       <c r="P33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U33" s="23" t="s">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="V33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X33" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="34" ht="30" customHeight="1">
       <c r="A34" s="23" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="B34" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="D34" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="23" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="G34" s="23" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="H34" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="23" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="J34" s="23" t="s">
+        <v>352</v>
+      </c>
+      <c r="K34" s="23" t="s">
+        <v>353</v>
+      </c>
+      <c r="L34" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="M34" s="23" t="s">
         <v>344</v>
       </c>
-      <c r="K34" s="23" t="s">
+      <c r="N34" s="23" t="s">
         <v>345</v>
       </c>
-      <c r="L34" s="23" t="s">
+      <c r="O34" s="23" t="s">
         <v>346</v>
-      </c>
-[...7 lines deleted...]
-        <v>349</v>
       </c>
       <c r="P34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R34" s="25"/>
       <c r="S34" s="25"/>
       <c r="T34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U34" s="23" t="s">
-        <v>84</v>
+        <v>337</v>
       </c>
       <c r="V34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X34" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" ht="30" customHeight="1">
       <c r="A35" s="23" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="B35" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D35" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F35" s="23" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="G35" s="23" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="H35" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="23" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="J35" s="23" t="s">
-        <v>355</v>
+        <v>76</v>
       </c>
       <c r="K35" s="23" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="L35" s="23" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="M35" s="23" t="s">
-        <v>337</v>
+        <v>58</v>
       </c>
       <c r="N35" s="23" t="s">
-        <v>338</v>
+        <v>59</v>
       </c>
       <c r="O35" s="23" t="s">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="P35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R35" s="25"/>
       <c r="S35" s="25"/>
       <c r="T35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U35" s="23" t="s">
-        <v>84</v>
+        <v>362</v>
       </c>
       <c r="V35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X35" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="36" ht="30" customHeight="1">
       <c r="A36" s="23" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B36" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D36" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F36" s="23" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="G36" s="23" t="s">
-        <v>361</v>
+        <v>108</v>
       </c>
       <c r="H36" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="23" t="s">
-        <v>362</v>
+        <v>109</v>
       </c>
       <c r="J36" s="23" t="s">
-        <v>363</v>
+        <v>30</v>
       </c>
       <c r="K36" s="23" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="L36" s="23" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="M36" s="23" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="N36" s="23" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="O36" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R36" s="25"/>
       <c r="S36" s="25"/>
       <c r="T36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U36" s="23" t="s">
-        <v>84</v>
+        <v>147</v>
       </c>
       <c r="V36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X36" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" ht="30" customHeight="1">
       <c r="A37" s="23" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B37" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D37" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F37" s="23" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="G37" s="23" t="s">
-        <v>371</v>
+        <v>30</v>
       </c>
       <c r="H37" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="23" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J37" s="23" t="s">
-        <v>363</v>
+        <v>30</v>
       </c>
       <c r="K37" s="23" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="L37" s="23" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="M37" s="23" t="s">
-        <v>70</v>
+        <v>376</v>
       </c>
       <c r="N37" s="23" t="s">
-        <v>71</v>
+        <v>377</v>
       </c>
       <c r="O37" s="23" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="P37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R37" s="25"/>
       <c r="S37" s="25"/>
       <c r="T37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U37" s="23" t="s">
-        <v>84</v>
+        <v>378</v>
       </c>
       <c r="V37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X37" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" ht="30" customHeight="1">
       <c r="A38" s="23" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="B38" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="D38" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F38" s="23" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="G38" s="23" t="s">
-        <v>30</v>
+        <v>382</v>
       </c>
       <c r="H38" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="23" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="J38" s="23" t="s">
-        <v>30</v>
+        <v>384</v>
       </c>
       <c r="K38" s="23" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="L38" s="23" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="M38" s="23" t="s">
-        <v>337</v>
+        <v>102</v>
       </c>
       <c r="N38" s="23" t="s">
-        <v>338</v>
+        <v>248</v>
       </c>
       <c r="O38" s="23" t="s">
-        <v>132</v>
+        <v>387</v>
       </c>
       <c r="P38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R38" s="25"/>
       <c r="S38" s="25"/>
       <c r="T38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U38" s="23" t="s">
-        <v>84</v>
+        <v>205</v>
       </c>
       <c r="V38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X38" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" ht="30" customHeight="1">
       <c r="A39" s="23" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B39" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="D39" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="23" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="G39" s="23" t="s">
-        <v>30</v>
+        <v>391</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="23" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="J39" s="23" t="s">
-        <v>30</v>
+        <v>393</v>
       </c>
       <c r="K39" s="23" t="s">
-        <v>385</v>
+        <v>394</v>
       </c>
       <c r="L39" s="23" t="s">
-        <v>386</v>
+        <v>395</v>
       </c>
       <c r="M39" s="23" t="s">
-        <v>82</v>
+        <v>396</v>
       </c>
       <c r="N39" s="23" t="s">
-        <v>83</v>
+        <v>397</v>
       </c>
       <c r="O39" s="23" t="s">
-        <v>387</v>
+        <v>71</v>
       </c>
       <c r="P39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R39" s="25"/>
       <c r="S39" s="25"/>
       <c r="T39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U39" s="23" t="s">
-        <v>84</v>
+        <v>126</v>
       </c>
       <c r="V39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X39" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" ht="30" customHeight="1">
       <c r="A40" s="23" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="B40" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="D40" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F40" s="23" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="G40" s="23" t="s">
-        <v>90</v>
+        <v>401</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="23" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="J40" s="23" t="s">
-        <v>90</v>
+        <v>76</v>
       </c>
       <c r="K40" s="23" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="L40" s="23" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="M40" s="23" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="N40" s="23" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="O40" s="23" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
       <c r="P40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R40" s="25"/>
       <c r="S40" s="25"/>
       <c r="T40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U40" s="23" t="s">
-        <v>177</v>
+        <v>362</v>
       </c>
       <c r="V40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X40" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" ht="30" customHeight="1">
       <c r="A41" s="23" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="B41" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="D41" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F41" s="23" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="G41" s="23" t="s">
-        <v>371</v>
+        <v>130</v>
       </c>
       <c r="H41" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="23" t="s">
-        <v>399</v>
+        <v>131</v>
       </c>
       <c r="J41" s="23" t="s">
-        <v>363</v>
+        <v>130</v>
       </c>
       <c r="K41" s="23" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="L41" s="23" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="M41" s="23" t="s">
-        <v>366</v>
+        <v>412</v>
       </c>
       <c r="N41" s="23" t="s">
-        <v>367</v>
+        <v>413</v>
       </c>
       <c r="O41" s="23" t="s">
-        <v>124</v>
+        <v>414</v>
       </c>
       <c r="P41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R41" s="25"/>
       <c r="S41" s="25"/>
       <c r="T41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U41" s="23" t="s">
-        <v>50</v>
+        <v>362</v>
       </c>
       <c r="V41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X41" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="42" ht="30" customHeight="1">
       <c r="A42" s="23" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="B42" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="D42" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F42" s="23" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="G42" s="23" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="23" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="J42" s="23" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
       <c r="K42" s="23" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="L42" s="23" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="M42" s="23" t="s">
-        <v>321</v>
+        <v>423</v>
       </c>
       <c r="N42" s="23" t="s">
-        <v>322</v>
+        <v>424</v>
       </c>
       <c r="O42" s="23" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="P42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R42" s="25"/>
       <c r="S42" s="25"/>
       <c r="T42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U42" s="23" t="s">
-        <v>125</v>
+        <v>425</v>
       </c>
       <c r="V42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X42" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" ht="30" customHeight="1">
       <c r="A43" s="23" t="s">
-        <v>409</v>
+        <v>426</v>
       </c>
       <c r="B43" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>410</v>
+        <v>427</v>
       </c>
       <c r="D43" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F43" s="23" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
       <c r="G43" s="23" t="s">
-        <v>334</v>
+        <v>160</v>
       </c>
       <c r="H43" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="23" t="s">
-        <v>384</v>
+        <v>429</v>
       </c>
       <c r="J43" s="23" t="s">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="K43" s="23" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="L43" s="23" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
       <c r="M43" s="23" t="s">
-        <v>82</v>
+        <v>224</v>
       </c>
       <c r="N43" s="23" t="s">
-        <v>83</v>
+        <v>225</v>
       </c>
       <c r="O43" s="23" t="s">
-        <v>414</v>
+        <v>48</v>
       </c>
       <c r="P43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R43" s="25"/>
       <c r="S43" s="25"/>
       <c r="T43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U43" s="23" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="V43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X43" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="44" ht="30" customHeight="1">
       <c r="A44" s="23" t="s">
-        <v>416</v>
+        <v>432</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>417</v>
+        <v>433</v>
       </c>
       <c r="D44" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="23" t="s">
-        <v>418</v>
+        <v>434</v>
       </c>
       <c r="G44" s="23" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="H44" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="23" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="J44" s="23" t="s">
-        <v>421</v>
+        <v>435</v>
       </c>
       <c r="K44" s="23" t="s">
-        <v>422</v>
+        <v>437</v>
       </c>
       <c r="L44" s="23" t="s">
-        <v>423</v>
+        <v>438</v>
       </c>
       <c r="M44" s="23" t="s">
-        <v>424</v>
+        <v>439</v>
       </c>
       <c r="N44" s="23" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="O44" s="23" t="s">
-        <v>349</v>
+        <v>71</v>
       </c>
       <c r="P44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R44" s="25"/>
       <c r="S44" s="25"/>
       <c r="T44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U44" s="23" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="V44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X44" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="45" ht="30" customHeight="1">
       <c r="A45" s="23" t="s">
-        <v>426</v>
+        <v>441</v>
       </c>
       <c r="B45" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>427</v>
+        <v>442</v>
       </c>
       <c r="D45" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F45" s="23" t="s">
-        <v>428</v>
+        <v>443</v>
       </c>
       <c r="G45" s="23" t="s">
-        <v>79</v>
+        <v>444</v>
       </c>
       <c r="H45" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="23" t="s">
-        <v>429</v>
+        <v>445</v>
       </c>
       <c r="J45" s="23" t="s">
-        <v>79</v>
+        <v>446</v>
       </c>
       <c r="K45" s="23" t="s">
-        <v>430</v>
+        <v>447</v>
       </c>
       <c r="L45" s="23" t="s">
-        <v>431</v>
+        <v>448</v>
       </c>
       <c r="M45" s="23" t="s">
-        <v>432</v>
+        <v>192</v>
       </c>
       <c r="N45" s="23" t="s">
-        <v>433</v>
+        <v>193</v>
       </c>
       <c r="O45" s="23" t="s">
-        <v>37</v>
+        <v>449</v>
       </c>
       <c r="P45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R45" s="25"/>
       <c r="S45" s="25"/>
       <c r="T45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U45" s="23" t="s">
-        <v>177</v>
+        <v>450</v>
       </c>
       <c r="V45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X45" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="46" ht="30" customHeight="1">
       <c r="A46" s="23" t="s">
-        <v>434</v>
+        <v>451</v>
       </c>
       <c r="B46" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>435</v>
+        <v>452</v>
       </c>
       <c r="D46" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="23" t="s">
-        <v>436</v>
+        <v>453</v>
       </c>
       <c r="G46" s="23" t="s">
-        <v>437</v>
+        <v>454</v>
       </c>
       <c r="H46" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="23" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="J46" s="23" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="K46" s="23" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="L46" s="23" t="s">
-        <v>81</v>
+        <v>458</v>
       </c>
       <c r="M46" s="23" t="s">
-        <v>441</v>
+        <v>405</v>
       </c>
       <c r="N46" s="23" t="s">
-        <v>442</v>
+        <v>406</v>
       </c>
       <c r="O46" s="23" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="P46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R46" s="25"/>
       <c r="S46" s="25"/>
       <c r="T46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U46" s="23" t="s">
-        <v>50</v>
+        <v>216</v>
       </c>
       <c r="V46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X46" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="47" ht="30" customHeight="1">
       <c r="A47" s="23" t="s">
-        <v>443</v>
+        <v>459</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="D47" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F47" s="23" t="s">
-        <v>445</v>
+        <v>461</v>
       </c>
       <c r="G47" s="23" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="H47" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="23" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="J47" s="23" t="s">
-        <v>446</v>
+        <v>464</v>
       </c>
       <c r="K47" s="23" t="s">
-        <v>448</v>
+        <v>465</v>
       </c>
       <c r="L47" s="23" t="s">
-        <v>449</v>
+        <v>466</v>
       </c>
       <c r="M47" s="23" t="s">
-        <v>450</v>
+        <v>123</v>
       </c>
       <c r="N47" s="23" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="O47" s="23" t="s">
-        <v>452</v>
+        <v>48</v>
       </c>
       <c r="P47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R47" s="25"/>
       <c r="S47" s="25"/>
       <c r="T47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U47" s="23" t="s">
-        <v>453</v>
+        <v>156</v>
       </c>
       <c r="V47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X47" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="48" ht="30" customHeight="1">
       <c r="A48" s="23" t="s">
-        <v>454</v>
+        <v>468</v>
       </c>
       <c r="B48" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>455</v>
+        <v>469</v>
       </c>
       <c r="D48" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F48" s="23" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="G48" s="23" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="H48" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="23" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
       <c r="J48" s="23" t="s">
-        <v>459</v>
+        <v>211</v>
       </c>
       <c r="K48" s="23" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="L48" s="23" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="M48" s="23" t="s">
-        <v>462</v>
+        <v>202</v>
       </c>
       <c r="N48" s="23" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="O48" s="23" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="P48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R48" s="25"/>
       <c r="S48" s="25"/>
       <c r="T48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U48" s="23" t="s">
-        <v>114</v>
+        <v>166</v>
       </c>
       <c r="V48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X48" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="49" ht="30" customHeight="1">
       <c r="A49" s="23" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="B49" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>465</v>
+        <v>477</v>
       </c>
       <c r="D49" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F49" s="23" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="G49" s="23" t="s">
-        <v>90</v>
+        <v>479</v>
       </c>
       <c r="H49" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="23" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="J49" s="23" t="s">
-        <v>90</v>
+        <v>479</v>
       </c>
       <c r="K49" s="23" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="L49" s="23" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="M49" s="23" t="s">
-        <v>470</v>
+        <v>344</v>
       </c>
       <c r="N49" s="23" t="s">
-        <v>471</v>
+        <v>345</v>
       </c>
       <c r="O49" s="23" t="s">
-        <v>472</v>
+        <v>346</v>
       </c>
       <c r="P49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R49" s="25"/>
       <c r="S49" s="25"/>
       <c r="T49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U49" s="23" t="s">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="V49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X49" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="50" ht="30" customHeight="1">
       <c r="A50" s="23" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
       <c r="B50" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="D50" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F50" s="23" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="G50" s="23" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="H50" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="23" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="J50" s="23" t="s">
-        <v>79</v>
+        <v>488</v>
       </c>
       <c r="K50" s="23" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="L50" s="23" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="M50" s="23" t="s">
-        <v>432</v>
+        <v>491</v>
       </c>
       <c r="N50" s="23" t="s">
-        <v>433</v>
+        <v>492</v>
       </c>
       <c r="O50" s="23" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="P50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R50" s="25"/>
       <c r="S50" s="25"/>
       <c r="T50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U50" s="23" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="V50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X50" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="51" ht="30" customHeight="1">
       <c r="A51" s="23" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
       <c r="B51" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C51" s="23" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="D51" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F51" s="23" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="G51" s="23" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="H51" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="23" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="J51" s="23" t="s">
-        <v>355</v>
+        <v>498</v>
       </c>
       <c r="K51" s="23" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="L51" s="23" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="M51" s="23" t="s">
-        <v>487</v>
+        <v>501</v>
       </c>
       <c r="N51" s="23" t="s">
-        <v>488</v>
+        <v>502</v>
       </c>
       <c r="O51" s="23" t="s">
-        <v>489</v>
+        <v>503</v>
       </c>
       <c r="P51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R51" s="25"/>
       <c r="S51" s="25"/>
       <c r="T51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U51" s="23" t="s">
-        <v>133</v>
+        <v>504</v>
       </c>
       <c r="V51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X51" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="52" ht="30" customHeight="1">
       <c r="A52" s="23" t="s">
-        <v>490</v>
+        <v>505</v>
       </c>
       <c r="B52" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="23" t="s">
+        <v>506</v>
+      </c>
+      <c r="D52" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F52" s="23" t="s">
+        <v>507</v>
+      </c>
+      <c r="G52" s="23" t="s">
+        <v>508</v>
+      </c>
+      <c r="H52" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I52" s="23" t="s">
+        <v>509</v>
+      </c>
+      <c r="J52" s="23" t="s">
+        <v>446</v>
+      </c>
+      <c r="K52" s="23" t="s">
+        <v>510</v>
+      </c>
+      <c r="L52" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="M52" s="23" t="s">
         <v>491</v>
       </c>
-      <c r="D52" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="23" t="s">
+      <c r="N52" s="23" t="s">
         <v>492</v>
       </c>
-      <c r="G52" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O52" s="23" t="s">
-        <v>37</v>
+        <v>414</v>
       </c>
       <c r="P52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R52" s="25"/>
       <c r="S52" s="25"/>
       <c r="T52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U52" s="23" t="s">
-        <v>50</v>
+        <v>425</v>
       </c>
       <c r="V52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X52" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="53" ht="30" customHeight="1">
       <c r="A53" s="23" t="s">
-        <v>500</v>
+        <v>512</v>
       </c>
       <c r="B53" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C53" s="23" t="s">
-        <v>501</v>
+        <v>513</v>
       </c>
       <c r="D53" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F53" s="23" t="s">
-        <v>502</v>
+        <v>514</v>
       </c>
       <c r="G53" s="23" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
       <c r="H53" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="23" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="J53" s="23" t="s">
-        <v>503</v>
+        <v>30</v>
       </c>
       <c r="K53" s="23" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="L53" s="23" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="M53" s="23" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="N53" s="23" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="O53" s="23" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="P53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R53" s="25"/>
       <c r="S53" s="25"/>
       <c r="T53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U53" s="23" t="s">
-        <v>114</v>
+        <v>60</v>
       </c>
       <c r="V53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X53" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="54" ht="30" customHeight="1">
       <c r="A54" s="23" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="B54" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C54" s="23" t="s">
-        <v>510</v>
+        <v>522</v>
       </c>
       <c r="D54" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F54" s="23" t="s">
-        <v>511</v>
+        <v>523</v>
       </c>
       <c r="G54" s="23" t="s">
-        <v>291</v>
+        <v>524</v>
       </c>
       <c r="H54" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="23" t="s">
-        <v>292</v>
+        <v>525</v>
       </c>
       <c r="J54" s="23" t="s">
-        <v>171</v>
+        <v>526</v>
       </c>
       <c r="K54" s="23" t="s">
-        <v>512</v>
+        <v>527</v>
       </c>
       <c r="L54" s="23" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="M54" s="23" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
       <c r="N54" s="23" t="s">
-        <v>515</v>
+        <v>530</v>
       </c>
       <c r="O54" s="23" t="s">
-        <v>414</v>
+        <v>531</v>
       </c>
       <c r="P54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R54" s="25"/>
       <c r="S54" s="25"/>
       <c r="T54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U54" s="23" t="s">
-        <v>125</v>
+        <v>337</v>
       </c>
       <c r="V54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X54" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" ht="30" customHeight="1">
       <c r="A55" s="23" t="s">
-        <v>516</v>
+        <v>532</v>
       </c>
       <c r="B55" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C55" s="23" t="s">
-        <v>517</v>
+        <v>533</v>
       </c>
       <c r="D55" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F55" s="23" t="s">
-        <v>518</v>
+        <v>534</v>
       </c>
       <c r="G55" s="23" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
       <c r="H55" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="23" t="s">
-        <v>109</v>
+        <v>536</v>
       </c>
       <c r="J55" s="23" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
       <c r="K55" s="23" t="s">
-        <v>519</v>
+        <v>537</v>
       </c>
       <c r="L55" s="23" t="s">
-        <v>520</v>
+        <v>538</v>
       </c>
       <c r="M55" s="23" t="s">
-        <v>302</v>
+        <v>539</v>
       </c>
       <c r="N55" s="23" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="O55" s="23" t="s">
-        <v>522</v>
+        <v>114</v>
       </c>
       <c r="P55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R55" s="25"/>
       <c r="S55" s="25"/>
       <c r="T55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U55" s="23" t="s">
-        <v>95</v>
+        <v>205</v>
       </c>
       <c r="V55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X55" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="56" ht="30" customHeight="1">
       <c r="A56" s="23" t="s">
-        <v>523</v>
+        <v>541</v>
       </c>
       <c r="B56" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C56" s="23" t="s">
-        <v>524</v>
+        <v>542</v>
       </c>
       <c r="D56" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F56" s="23" t="s">
-        <v>525</v>
+        <v>543</v>
       </c>
       <c r="G56" s="23" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="23" t="s">
-        <v>526</v>
+        <v>544</v>
       </c>
       <c r="J56" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K56" s="23" t="s">
-        <v>527</v>
+        <v>545</v>
       </c>
       <c r="L56" s="23" t="s">
-        <v>528</v>
+        <v>546</v>
       </c>
       <c r="M56" s="23" t="s">
-        <v>529</v>
+        <v>547</v>
       </c>
       <c r="N56" s="23" t="s">
-        <v>530</v>
+        <v>548</v>
       </c>
       <c r="O56" s="23" t="s">
-        <v>414</v>
+        <v>549</v>
       </c>
       <c r="P56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R56" s="25"/>
       <c r="S56" s="25"/>
       <c r="T56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U56" s="23" t="s">
         <v>38</v>
       </c>
       <c r="V56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X56" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="57" ht="30" customHeight="1">
       <c r="A57" s="23" t="s">
-        <v>531</v>
+        <v>550</v>
       </c>
       <c r="B57" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="23" t="s">
-        <v>532</v>
+        <v>551</v>
       </c>
       <c r="D57" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F57" s="23" t="s">
-        <v>533</v>
+        <v>552</v>
       </c>
       <c r="G57" s="23" t="s">
-        <v>534</v>
+        <v>230</v>
       </c>
       <c r="H57" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="23" t="s">
-        <v>535</v>
+        <v>231</v>
       </c>
       <c r="J57" s="23" t="s">
-        <v>534</v>
+        <v>232</v>
       </c>
       <c r="K57" s="23" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
       <c r="L57" s="23" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
       <c r="M57" s="23" t="s">
-        <v>538</v>
+        <v>310</v>
       </c>
       <c r="N57" s="23" t="s">
-        <v>539</v>
+        <v>311</v>
       </c>
       <c r="O57" s="23" t="s">
-        <v>124</v>
+        <v>312</v>
       </c>
       <c r="P57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R57" s="25"/>
       <c r="S57" s="25"/>
       <c r="T57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U57" s="23" t="s">
-        <v>73</v>
+        <v>425</v>
       </c>
       <c r="V57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X57" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="58" ht="30" customHeight="1">
       <c r="A58" s="23" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="B58" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C58" s="23" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="D58" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F58" s="23" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="G58" s="23" t="s">
-        <v>30</v>
+        <v>462</v>
       </c>
       <c r="H58" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="23" t="s">
-        <v>543</v>
+        <v>463</v>
       </c>
       <c r="J58" s="23" t="s">
-        <v>30</v>
+        <v>464</v>
       </c>
       <c r="K58" s="23" t="s">
-        <v>544</v>
+        <v>558</v>
       </c>
       <c r="L58" s="23" t="s">
-        <v>545</v>
+        <v>559</v>
       </c>
       <c r="M58" s="23" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="N58" s="23" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="O58" s="23" t="s">
-        <v>37</v>
+        <v>531</v>
       </c>
       <c r="P58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R58" s="25"/>
       <c r="S58" s="25"/>
       <c r="T58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U58" s="23" t="s">
-        <v>548</v>
+        <v>72</v>
       </c>
       <c r="V58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X58" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" ht="30" customHeight="1">
       <c r="A59" s="23" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="B59" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C59" s="23" t="s">
-        <v>550</v>
+        <v>563</v>
       </c>
       <c r="D59" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F59" s="23" t="s">
-        <v>551</v>
+        <v>564</v>
       </c>
       <c r="G59" s="23" t="s">
-        <v>30</v>
+        <v>565</v>
       </c>
       <c r="H59" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="23" t="s">
-        <v>32</v>
+        <v>566</v>
       </c>
       <c r="J59" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K59" s="23" t="s">
-        <v>552</v>
+        <v>567</v>
       </c>
       <c r="L59" s="23" t="s">
-        <v>553</v>
+        <v>568</v>
       </c>
       <c r="M59" s="23" t="s">
-        <v>554</v>
+        <v>569</v>
       </c>
       <c r="N59" s="23" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="O59" s="23" t="s">
-        <v>313</v>
+        <v>48</v>
       </c>
       <c r="P59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R59" s="25"/>
       <c r="S59" s="25"/>
       <c r="T59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U59" s="23" t="s">
-        <v>216</v>
+        <v>425</v>
       </c>
       <c r="V59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X59" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" ht="30" customHeight="1">
       <c r="A60" s="23" t="s">
-        <v>556</v>
+        <v>571</v>
       </c>
       <c r="B60" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>557</v>
+        <v>572</v>
       </c>
       <c r="D60" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F60" s="23" t="s">
-        <v>558</v>
+        <v>573</v>
       </c>
       <c r="G60" s="23" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="23" t="s">
-        <v>560</v>
+        <v>575</v>
       </c>
       <c r="J60" s="23" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="K60" s="23" t="s">
-        <v>561</v>
+        <v>576</v>
       </c>
       <c r="L60" s="23" t="s">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="M60" s="23" t="s">
-        <v>563</v>
+        <v>368</v>
       </c>
       <c r="N60" s="23" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="O60" s="23" t="s">
-        <v>313</v>
+        <v>93</v>
       </c>
       <c r="P60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R60" s="25"/>
       <c r="S60" s="25"/>
       <c r="T60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U60" s="23" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="V60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X60" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="61" ht="30" customHeight="1">
       <c r="A61" s="23" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="B61" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="D61" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F61" s="23" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="G61" s="23" t="s">
-        <v>568</v>
+        <v>582</v>
       </c>
       <c r="H61" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="23" t="s">
-        <v>569</v>
+        <v>583</v>
       </c>
       <c r="J61" s="23" t="s">
-        <v>568</v>
+        <v>498</v>
       </c>
       <c r="K61" s="23" t="s">
-        <v>570</v>
+        <v>584</v>
       </c>
       <c r="L61" s="23" t="s">
-        <v>571</v>
+        <v>585</v>
       </c>
       <c r="M61" s="23" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="N61" s="23" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="O61" s="23" t="s">
-        <v>132</v>
+        <v>503</v>
       </c>
       <c r="P61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R61" s="25"/>
       <c r="S61" s="25"/>
       <c r="T61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U61" s="23" t="s">
-        <v>287</v>
+        <v>337</v>
       </c>
       <c r="V61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X61" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="62" ht="30" customHeight="1">
       <c r="A62" s="23" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="B62" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="D62" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F62" s="23" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="G62" s="23" t="s">
-        <v>577</v>
+        <v>160</v>
       </c>
       <c r="H62" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="23" t="s">
-        <v>578</v>
+        <v>161</v>
       </c>
       <c r="J62" s="23" t="s">
-        <v>577</v>
+        <v>160</v>
       </c>
       <c r="K62" s="23" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
       <c r="L62" s="23" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="M62" s="23" t="s">
-        <v>581</v>
+        <v>593</v>
       </c>
       <c r="N62" s="23" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="O62" s="23" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
       <c r="P62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R62" s="25"/>
       <c r="S62" s="25"/>
       <c r="T62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U62" s="23" t="s">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="V62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X62" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" ht="30" customHeight="1">
       <c r="A63" s="23" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
       <c r="B63" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>584</v>
+        <v>596</v>
       </c>
       <c r="D63" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F63" s="23" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
       <c r="G63" s="23" t="s">
-        <v>586</v>
+        <v>598</v>
       </c>
       <c r="H63" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="23" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="J63" s="23" t="s">
-        <v>30</v>
+        <v>598</v>
       </c>
       <c r="K63" s="23" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="L63" s="23" t="s">
-        <v>589</v>
+        <v>601</v>
       </c>
       <c r="M63" s="23" t="s">
-        <v>590</v>
+        <v>602</v>
       </c>
       <c r="N63" s="23" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="O63" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R63" s="25"/>
       <c r="S63" s="25"/>
       <c r="T63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U63" s="23" t="s">
-        <v>592</v>
+        <v>82</v>
       </c>
       <c r="V63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X63" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" ht="30" customHeight="1">
       <c r="A64" s="23" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="B64" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
       <c r="D64" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F64" s="23" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="G64" s="23" t="s">
-        <v>446</v>
+        <v>607</v>
       </c>
       <c r="H64" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="23" t="s">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="J64" s="23" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="K64" s="23" t="s">
-        <v>597</v>
+        <v>609</v>
       </c>
       <c r="L64" s="23" t="s">
-        <v>598</v>
+        <v>610</v>
       </c>
       <c r="M64" s="23" t="s">
-        <v>450</v>
+        <v>611</v>
       </c>
       <c r="N64" s="23" t="s">
-        <v>451</v>
+        <v>612</v>
       </c>
       <c r="O64" s="23" t="s">
-        <v>452</v>
+        <v>48</v>
       </c>
       <c r="P64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R64" s="25"/>
       <c r="S64" s="25"/>
       <c r="T64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U64" s="23" t="s">
-        <v>38</v>
+        <v>362</v>
       </c>
       <c r="V64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X64" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="65" ht="30" customHeight="1">
       <c r="A65" s="23" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="B65" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="D65" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F65" s="23" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="G65" s="23" t="s">
-        <v>586</v>
+        <v>30</v>
       </c>
       <c r="H65" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="23" t="s">
-        <v>32</v>
+        <v>616</v>
       </c>
       <c r="J65" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K65" s="23" t="s">
+        <v>617</v>
+      </c>
+      <c r="L65" s="23" t="s">
+        <v>618</v>
+      </c>
+      <c r="M65" s="23" t="s">
         <v>602</v>
       </c>
-      <c r="L65" s="23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N65" s="23" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="O65" s="23" t="s">
-        <v>132</v>
+        <v>37</v>
       </c>
       <c r="P65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R65" s="25"/>
       <c r="S65" s="25"/>
       <c r="T65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U65" s="23" t="s">
-        <v>287</v>
+        <v>166</v>
       </c>
       <c r="V65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X65" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="66" ht="30" customHeight="1">
       <c r="A66" s="23" t="s">
-        <v>606</v>
+        <v>620</v>
       </c>
       <c r="B66" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>607</v>
+        <v>621</v>
       </c>
       <c r="D66" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F66" s="23" t="s">
-        <v>608</v>
+        <v>622</v>
       </c>
       <c r="G66" s="23" t="s">
-        <v>609</v>
+        <v>30</v>
       </c>
       <c r="H66" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="23" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
       <c r="J66" s="23" t="s">
-        <v>611</v>
+        <v>30</v>
       </c>
       <c r="K66" s="23" t="s">
-        <v>612</v>
+        <v>624</v>
       </c>
       <c r="L66" s="23" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="M66" s="23" t="s">
-        <v>614</v>
+        <v>192</v>
       </c>
       <c r="N66" s="23" t="s">
-        <v>615</v>
+        <v>193</v>
       </c>
       <c r="O66" s="23" t="s">
-        <v>124</v>
+        <v>37</v>
       </c>
       <c r="P66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R66" s="25"/>
       <c r="S66" s="25"/>
       <c r="T66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U66" s="23" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="V66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X66" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="67" ht="30" customHeight="1">
       <c r="A67" s="23" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="B67" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C67" s="23" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="D67" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F67" s="23" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="G67" s="23" t="s">
-        <v>619</v>
+        <v>582</v>
       </c>
       <c r="H67" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="23" t="s">
-        <v>620</v>
+        <v>497</v>
       </c>
       <c r="J67" s="23" t="s">
-        <v>275</v>
+        <v>498</v>
       </c>
       <c r="K67" s="23" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="L67" s="23" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="M67" s="23" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="N67" s="23" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="O67" s="23" t="s">
-        <v>625</v>
+        <v>71</v>
       </c>
       <c r="P67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R67" s="25"/>
       <c r="S67" s="25"/>
       <c r="T67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U67" s="23" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="V67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X67" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="68" ht="30" customHeight="1">
       <c r="A68" s="23" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="B68" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="D68" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F68" s="23" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="G68" s="23" t="s">
-        <v>371</v>
+        <v>637</v>
       </c>
       <c r="H68" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="23" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="J68" s="23" t="s">
-        <v>363</v>
+        <v>639</v>
       </c>
       <c r="K68" s="23" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="L68" s="23" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="M68" s="23" t="s">
-        <v>614</v>
+        <v>310</v>
       </c>
       <c r="N68" s="23" t="s">
-        <v>615</v>
+        <v>311</v>
       </c>
       <c r="O68" s="23" t="s">
-        <v>633</v>
+        <v>312</v>
       </c>
       <c r="P68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R68" s="25"/>
       <c r="S68" s="25"/>
       <c r="T68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U68" s="23" t="s">
-        <v>304</v>
+        <v>642</v>
       </c>
       <c r="V68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X68" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="69" ht="30" customHeight="1">
       <c r="A69" s="23" t="s">
-        <v>634</v>
+        <v>643</v>
       </c>
       <c r="B69" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C69" s="23" t="s">
-        <v>635</v>
+        <v>644</v>
       </c>
       <c r="D69" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F69" s="23" t="s">
-        <v>636</v>
+        <v>645</v>
       </c>
       <c r="G69" s="23" t="s">
-        <v>334</v>
+        <v>209</v>
       </c>
       <c r="H69" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="23" t="s">
-        <v>335</v>
+        <v>646</v>
       </c>
       <c r="J69" s="23" t="s">
-        <v>30</v>
+        <v>211</v>
       </c>
       <c r="K69" s="23" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="L69" s="23" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="M69" s="23" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="N69" s="23" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="O69" s="23" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="P69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R69" s="25"/>
       <c r="S69" s="25"/>
       <c r="T69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U69" s="23" t="s">
-        <v>641</v>
+        <v>60</v>
       </c>
       <c r="V69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X69" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="70" ht="30" customHeight="1">
       <c r="A70" s="23" t="s">
-        <v>642</v>
+        <v>651</v>
       </c>
       <c r="B70" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C70" s="23" t="s">
-        <v>643</v>
+        <v>652</v>
       </c>
       <c r="D70" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F70" s="23" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="G70" s="23" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="H70" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="23" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="J70" s="23" t="s">
-        <v>45</v>
+        <v>654</v>
       </c>
       <c r="K70" s="23" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
       <c r="L70" s="23" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="M70" s="23" t="s">
-        <v>321</v>
+        <v>412</v>
       </c>
       <c r="N70" s="23" t="s">
-        <v>322</v>
+        <v>413</v>
       </c>
       <c r="O70" s="23" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="P70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R70" s="25"/>
       <c r="S70" s="25"/>
       <c r="T70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U70" s="23" t="s">
-        <v>125</v>
+        <v>38</v>
       </c>
       <c r="V70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X70" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="71" ht="30" customHeight="1">
       <c r="A71" s="23" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="B71" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C71" s="23" t="s">
-        <v>465</v>
+        <v>659</v>
       </c>
       <c r="D71" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F71" s="23" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="G71" s="23" t="s">
-        <v>651</v>
+        <v>170</v>
       </c>
       <c r="H71" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="23" t="s">
-        <v>652</v>
+        <v>544</v>
       </c>
       <c r="J71" s="23" t="s">
-        <v>653</v>
+        <v>30</v>
       </c>
       <c r="K71" s="23" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="L71" s="23" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="M71" s="23" t="s">
-        <v>470</v>
+        <v>663</v>
       </c>
       <c r="N71" s="23" t="s">
-        <v>471</v>
+        <v>664</v>
       </c>
       <c r="O71" s="23" t="s">
-        <v>472</v>
+        <v>48</v>
       </c>
       <c r="P71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R71" s="25"/>
       <c r="S71" s="25"/>
       <c r="T71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U71" s="23" t="s">
-        <v>177</v>
+        <v>665</v>
       </c>
       <c r="V71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X71" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="72" ht="30" customHeight="1">
       <c r="A72" s="23" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="B72" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C72" s="23" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="D72" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F72" s="23" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="G72" s="23" t="s">
-        <v>30</v>
+        <v>669</v>
       </c>
       <c r="H72" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="23" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="J72" s="23" t="s">
-        <v>30</v>
+        <v>671</v>
       </c>
       <c r="K72" s="23" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="L72" s="23" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="M72" s="23" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="N72" s="23" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="O72" s="23" t="s">
-        <v>313</v>
+        <v>71</v>
       </c>
       <c r="P72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R72" s="25"/>
       <c r="S72" s="25"/>
       <c r="T72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U72" s="23" t="s">
-        <v>548</v>
+        <v>337</v>
       </c>
       <c r="V72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X72" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="73" ht="30" customHeight="1">
       <c r="A73" s="23" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="B73" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>665</v>
+        <v>195</v>
       </c>
       <c r="D73" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F73" s="23" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="G73" s="23" t="s">
-        <v>30</v>
+        <v>678</v>
       </c>
       <c r="H73" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="23" t="s">
-        <v>248</v>
+        <v>679</v>
       </c>
       <c r="J73" s="23" t="s">
-        <v>30</v>
+        <v>678</v>
       </c>
       <c r="K73" s="23" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="L73" s="23" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="M73" s="23" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="N73" s="23" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="O73" s="23" t="s">
-        <v>414</v>
+        <v>204</v>
       </c>
       <c r="P73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R73" s="25"/>
       <c r="S73" s="25"/>
       <c r="T73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U73" s="23" t="s">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="V73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X73" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" ht="30" customHeight="1">
       <c r="A74" s="23" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
       <c r="B74" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="D74" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F74" s="23" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="G74" s="23" t="s">
-        <v>230</v>
+        <v>685</v>
       </c>
       <c r="H74" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="23" t="s">
-        <v>231</v>
+        <v>686</v>
       </c>
       <c r="J74" s="23" t="s">
-        <v>232</v>
+        <v>76</v>
       </c>
       <c r="K74" s="23" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="L74" s="23" t="s">
-        <v>673</v>
+        <v>688</v>
       </c>
       <c r="M74" s="23" t="s">
-        <v>470</v>
+        <v>649</v>
       </c>
       <c r="N74" s="23" t="s">
-        <v>674</v>
+        <v>689</v>
       </c>
       <c r="O74" s="23" t="s">
-        <v>414</v>
+        <v>48</v>
       </c>
       <c r="P74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R74" s="25"/>
       <c r="S74" s="25"/>
       <c r="T74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U74" s="23" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="V74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X74" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="75" ht="30" customHeight="1">
       <c r="A75" s="23" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="B75" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>676</v>
+        <v>691</v>
       </c>
       <c r="D75" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F75" s="23" t="s">
-        <v>677</v>
+        <v>692</v>
       </c>
       <c r="G75" s="23" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="H75" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="23" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
       <c r="J75" s="23" t="s">
-        <v>439</v>
+        <v>598</v>
       </c>
       <c r="K75" s="23" t="s">
-        <v>680</v>
+        <v>695</v>
       </c>
       <c r="L75" s="23" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="M75" s="23" t="s">
-        <v>441</v>
+        <v>697</v>
       </c>
       <c r="N75" s="23" t="s">
-        <v>442</v>
+        <v>698</v>
       </c>
       <c r="O75" s="23" t="s">
-        <v>37</v>
+        <v>699</v>
       </c>
       <c r="P75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R75" s="25"/>
       <c r="S75" s="25"/>
       <c r="T75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U75" s="23" t="s">
-        <v>125</v>
+        <v>82</v>
       </c>
       <c r="V75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X75" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" ht="30" customHeight="1">
       <c r="A76" s="23" t="s">
-        <v>682</v>
+        <v>700</v>
       </c>
       <c r="B76" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>683</v>
+        <v>701</v>
       </c>
       <c r="D76" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F76" s="23" t="s">
-        <v>684</v>
+        <v>702</v>
       </c>
       <c r="G76" s="23" t="s">
-        <v>685</v>
+        <v>703</v>
       </c>
       <c r="H76" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="23" t="s">
-        <v>686</v>
+        <v>704</v>
       </c>
       <c r="J76" s="23" t="s">
-        <v>687</v>
+        <v>420</v>
       </c>
       <c r="K76" s="23" t="s">
-        <v>688</v>
+        <v>705</v>
       </c>
       <c r="L76" s="23" t="s">
-        <v>689</v>
+        <v>706</v>
       </c>
       <c r="M76" s="23" t="s">
-        <v>690</v>
+        <v>707</v>
       </c>
       <c r="N76" s="23" t="s">
-        <v>691</v>
+        <v>708</v>
       </c>
       <c r="O76" s="23" t="s">
-        <v>692</v>
+        <v>48</v>
       </c>
       <c r="P76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R76" s="25"/>
       <c r="S76" s="25"/>
       <c r="T76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U76" s="23" t="s">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="V76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X76" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="77" ht="30" customHeight="1">
       <c r="A77" s="23" t="s">
-        <v>693</v>
+        <v>709</v>
       </c>
       <c r="B77" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>694</v>
+        <v>710</v>
       </c>
       <c r="D77" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F77" s="23" t="s">
-        <v>695</v>
+        <v>711</v>
       </c>
       <c r="G77" s="23" t="s">
-        <v>696</v>
+        <v>712</v>
       </c>
       <c r="H77" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="23" t="s">
-        <v>697</v>
+        <v>713</v>
       </c>
       <c r="J77" s="23" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="K77" s="23" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="L77" s="23" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="M77" s="23" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
       <c r="N77" s="23" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="O77" s="23" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="P77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R77" s="25"/>
       <c r="S77" s="25"/>
       <c r="T77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U77" s="23" t="s">
-        <v>177</v>
+        <v>337</v>
       </c>
       <c r="V77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X77" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="78" ht="30" customHeight="1">
       <c r="A78" s="23" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
       <c r="B78" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C78" s="23" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="D78" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F78" s="23" t="s">
-        <v>705</v>
+        <v>720</v>
       </c>
       <c r="G78" s="23" t="s">
-        <v>706</v>
+        <v>242</v>
       </c>
       <c r="H78" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="23" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="J78" s="23" t="s">
-        <v>706</v>
+        <v>244</v>
       </c>
       <c r="K78" s="23" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="L78" s="23" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="M78" s="23" t="s">
-        <v>690</v>
+        <v>611</v>
       </c>
       <c r="N78" s="23" t="s">
-        <v>691</v>
+        <v>612</v>
       </c>
       <c r="O78" s="23" t="s">
-        <v>692</v>
+        <v>226</v>
       </c>
       <c r="P78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R78" s="25"/>
       <c r="S78" s="25"/>
       <c r="T78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U78" s="23" t="s">
-        <v>287</v>
+        <v>72</v>
       </c>
       <c r="V78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X78" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" ht="30" customHeight="1">
       <c r="A79" s="23" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="B79" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C79" s="23" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="D79" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F79" s="23" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="G79" s="23" t="s">
-        <v>713</v>
+        <v>30</v>
       </c>
       <c r="H79" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="23" t="s">
-        <v>714</v>
+        <v>566</v>
       </c>
       <c r="J79" s="23" t="s">
-        <v>715</v>
+        <v>30</v>
       </c>
       <c r="K79" s="23" t="s">
-        <v>716</v>
+        <v>727</v>
       </c>
       <c r="L79" s="23" t="s">
-        <v>717</v>
+        <v>728</v>
       </c>
       <c r="M79" s="23" t="s">
-        <v>690</v>
+        <v>224</v>
       </c>
       <c r="N79" s="23" t="s">
-        <v>691</v>
+        <v>729</v>
       </c>
       <c r="O79" s="23" t="s">
-        <v>692</v>
+        <v>730</v>
       </c>
       <c r="P79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R79" s="25"/>
       <c r="S79" s="25"/>
       <c r="T79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U79" s="23" t="s">
-        <v>114</v>
+        <v>731</v>
       </c>
       <c r="V79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X79" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="80" ht="30" customHeight="1">
       <c r="A80" s="23" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="B80" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C80" s="23" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="D80" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F80" s="23" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="G80" s="23" t="s">
-        <v>698</v>
+        <v>30</v>
       </c>
       <c r="H80" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="23" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="J80" s="23" t="s">
-        <v>698</v>
+        <v>30</v>
       </c>
       <c r="K80" s="23" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="L80" s="23" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="M80" s="23" t="s">
-        <v>450</v>
+        <v>738</v>
       </c>
       <c r="N80" s="23" t="s">
-        <v>451</v>
+        <v>739</v>
       </c>
       <c r="O80" s="23" t="s">
-        <v>452</v>
+        <v>226</v>
       </c>
       <c r="P80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R80" s="25"/>
       <c r="S80" s="25"/>
       <c r="T80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U80" s="23" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="V80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X80" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" ht="30" customHeight="1">
       <c r="A81" s="23" t="s">
-        <v>724</v>
+        <v>740</v>
       </c>
       <c r="B81" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>725</v>
+        <v>741</v>
       </c>
       <c r="D81" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F81" s="23" t="s">
-        <v>726</v>
+        <v>742</v>
       </c>
       <c r="G81" s="23" t="s">
-        <v>727</v>
+        <v>435</v>
       </c>
       <c r="H81" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="23" t="s">
-        <v>728</v>
+        <v>436</v>
       </c>
       <c r="J81" s="23" t="s">
-        <v>729</v>
+        <v>435</v>
       </c>
       <c r="K81" s="23" t="s">
-        <v>730</v>
+        <v>743</v>
       </c>
       <c r="L81" s="23" t="s">
-        <v>731</v>
+        <v>744</v>
       </c>
       <c r="M81" s="23" t="s">
-        <v>450</v>
+        <v>745</v>
       </c>
       <c r="N81" s="23" t="s">
-        <v>451</v>
+        <v>746</v>
       </c>
       <c r="O81" s="23" t="s">
-        <v>452</v>
+        <v>114</v>
       </c>
       <c r="P81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R81" s="25"/>
       <c r="S81" s="25"/>
       <c r="T81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U81" s="23" t="s">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="V81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X81" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" ht="30" customHeight="1">
       <c r="A82" s="23" t="s">
-        <v>732</v>
+        <v>747</v>
       </c>
       <c r="B82" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>733</v>
+        <v>748</v>
       </c>
       <c r="D82" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F82" s="23" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="G82" s="23" t="s">
-        <v>735</v>
+        <v>678</v>
       </c>
       <c r="H82" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="23" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="J82" s="23" t="s">
-        <v>79</v>
+        <v>678</v>
       </c>
       <c r="K82" s="23" t="s">
-        <v>737</v>
+        <v>751</v>
       </c>
       <c r="L82" s="23" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="M82" s="23" t="s">
-        <v>48</v>
+        <v>753</v>
       </c>
       <c r="N82" s="23" t="s">
-        <v>49</v>
+        <v>754</v>
       </c>
       <c r="O82" s="23" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="P82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R82" s="25"/>
       <c r="S82" s="25"/>
       <c r="T82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U82" s="23" t="s">
-        <v>739</v>
+        <v>205</v>
       </c>
       <c r="V82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X82" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="83" ht="30" customHeight="1">
       <c r="A83" s="23" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="B83" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>741</v>
+        <v>756</v>
       </c>
       <c r="D83" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F83" s="23" t="s">
-        <v>742</v>
+        <v>757</v>
       </c>
       <c r="G83" s="23" t="s">
-        <v>118</v>
+        <v>508</v>
       </c>
       <c r="H83" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="23" t="s">
-        <v>119</v>
+        <v>758</v>
       </c>
       <c r="J83" s="23" t="s">
-        <v>30</v>
+        <v>446</v>
       </c>
       <c r="K83" s="23" t="s">
-        <v>743</v>
+        <v>759</v>
       </c>
       <c r="L83" s="23" t="s">
-        <v>744</v>
+        <v>448</v>
       </c>
       <c r="M83" s="23" t="s">
-        <v>745</v>
+        <v>760</v>
       </c>
       <c r="N83" s="23" t="s">
-        <v>746</v>
+        <v>761</v>
       </c>
       <c r="O83" s="23" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="P83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R83" s="25"/>
       <c r="S83" s="25"/>
       <c r="T83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U83" s="23" t="s">
-        <v>453</v>
+        <v>60</v>
       </c>
       <c r="V83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X83" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="84" ht="30" customHeight="1">
       <c r="A84" s="23" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="B84" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="23" t="s">
-        <v>748</v>
+        <v>763</v>
       </c>
       <c r="D84" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F84" s="23" t="s">
-        <v>749</v>
+        <v>764</v>
       </c>
       <c r="G84" s="23" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
       <c r="H84" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="23" t="s">
-        <v>384</v>
+        <v>765</v>
       </c>
       <c r="J84" s="23" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
       <c r="K84" s="23" t="s">
-        <v>750</v>
+        <v>766</v>
       </c>
       <c r="L84" s="23" t="s">
-        <v>751</v>
+        <v>767</v>
       </c>
       <c r="M84" s="23" t="s">
-        <v>752</v>
+        <v>192</v>
       </c>
       <c r="N84" s="23" t="s">
-        <v>753</v>
+        <v>193</v>
       </c>
       <c r="O84" s="23" t="s">
-        <v>132</v>
+        <v>71</v>
       </c>
       <c r="P84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R84" s="25"/>
       <c r="S84" s="25"/>
       <c r="T84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U84" s="23" t="s">
-        <v>253</v>
+        <v>72</v>
       </c>
       <c r="V84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X84" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="85" ht="30" customHeight="1">
       <c r="A85" s="23" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="B85" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C85" s="23" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="D85" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F85" s="23" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="G85" s="23" t="s">
-        <v>757</v>
+        <v>178</v>
       </c>
       <c r="H85" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="23" t="s">
-        <v>758</v>
+        <v>373</v>
       </c>
       <c r="J85" s="23" t="s">
-        <v>759</v>
+        <v>30</v>
       </c>
       <c r="K85" s="23" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="L85" s="23" t="s">
-        <v>761</v>
+        <v>772</v>
       </c>
       <c r="M85" s="23" t="s">
-        <v>762</v>
+        <v>80</v>
       </c>
       <c r="N85" s="23" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="O85" s="23" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="P85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R85" s="25"/>
       <c r="S85" s="25"/>
       <c r="T85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U85" s="23" t="s">
-        <v>764</v>
+        <v>450</v>
       </c>
       <c r="V85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X85" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="86" ht="30" customHeight="1">
       <c r="A86" s="23" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="B86" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C86" s="23" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="D86" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F86" s="23" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="G86" s="23" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="H86" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="23" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="J86" s="23" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="K86" s="23" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="L86" s="23" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="M86" s="23" t="s">
-        <v>163</v>
+        <v>782</v>
       </c>
       <c r="N86" s="23" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="O86" s="23" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="P86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R86" s="25"/>
       <c r="S86" s="25"/>
       <c r="T86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U86" s="23" t="s">
-        <v>177</v>
+        <v>72</v>
       </c>
       <c r="V86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X86" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="87" ht="30" customHeight="1">
       <c r="A87" s="23" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="B87" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C87" s="23" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="D87" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F87" s="23" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="G87" s="23" t="s">
-        <v>778</v>
+        <v>76</v>
       </c>
       <c r="H87" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="23" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="J87" s="23" t="s">
-        <v>780</v>
+        <v>76</v>
       </c>
       <c r="K87" s="23" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
       <c r="L87" s="23" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="M87" s="23" t="s">
-        <v>783</v>
+        <v>649</v>
       </c>
       <c r="N87" s="23" t="s">
-        <v>784</v>
+        <v>689</v>
       </c>
       <c r="O87" s="23" t="s">
-        <v>154</v>
+        <v>48</v>
       </c>
       <c r="P87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R87" s="25"/>
       <c r="S87" s="25"/>
       <c r="T87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U87" s="23" t="s">
-        <v>62</v>
+        <v>205</v>
       </c>
       <c r="V87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X87" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="88" ht="30" customHeight="1">
       <c r="A88" s="23" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="B88" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C88" s="23" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="D88" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F88" s="23" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="G88" s="23" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="H88" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="23" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="J88" s="23" t="s">
-        <v>79</v>
+        <v>297</v>
       </c>
       <c r="K88" s="23" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="L88" s="23" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="M88" s="23" t="s">
-        <v>792</v>
+        <v>300</v>
       </c>
       <c r="N88" s="23" t="s">
-        <v>793</v>
+        <v>301</v>
       </c>
       <c r="O88" s="23" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="P88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R88" s="25"/>
       <c r="S88" s="25"/>
       <c r="T88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U88" s="23" t="s">
-        <v>739</v>
+        <v>60</v>
       </c>
       <c r="V88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X88" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="89" ht="30" customHeight="1">
       <c r="A89" s="23" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="B89" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C89" s="23" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="D89" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F89" s="23" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="G89" s="23" t="s">
-        <v>66</v>
+        <v>479</v>
       </c>
       <c r="H89" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="23" t="s">
-        <v>67</v>
+        <v>801</v>
       </c>
       <c r="J89" s="23" t="s">
-        <v>66</v>
+        <v>479</v>
       </c>
       <c r="K89" s="23" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="L89" s="23" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="M89" s="23" t="s">
-        <v>581</v>
+        <v>344</v>
       </c>
       <c r="N89" s="23" t="s">
-        <v>582</v>
+        <v>345</v>
       </c>
       <c r="O89" s="23" t="s">
-        <v>633</v>
+        <v>346</v>
       </c>
       <c r="P89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R89" s="25"/>
       <c r="S89" s="25"/>
       <c r="T89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U89" s="23" t="s">
-        <v>739</v>
+        <v>147</v>
       </c>
       <c r="V89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X89" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="90" ht="30" customHeight="1">
       <c r="A90" s="23" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="B90" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C90" s="23" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="D90" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F90" s="23" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="G90" s="23" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="H90" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="23" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="J90" s="23" t="s">
-        <v>495</v>
+        <v>809</v>
       </c>
       <c r="K90" s="23" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="L90" s="23" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="M90" s="23" t="s">
-        <v>278</v>
+        <v>560</v>
       </c>
       <c r="N90" s="23" t="s">
-        <v>279</v>
+        <v>561</v>
       </c>
       <c r="O90" s="23" t="s">
-        <v>37</v>
+        <v>812</v>
       </c>
       <c r="P90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R90" s="25"/>
       <c r="S90" s="25"/>
       <c r="T90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U90" s="23" t="s">
-        <v>304</v>
+        <v>205</v>
       </c>
       <c r="V90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X90" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="91" ht="30" customHeight="1">
       <c r="A91" s="23" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="B91" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C91" s="23" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="D91" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F91" s="23" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="G91" s="23" t="s">
-        <v>568</v>
+        <v>508</v>
       </c>
       <c r="H91" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="23" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="J91" s="23" t="s">
-        <v>568</v>
+        <v>446</v>
       </c>
       <c r="K91" s="23" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="L91" s="23" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="M91" s="23" t="s">
-        <v>302</v>
+        <v>760</v>
       </c>
       <c r="N91" s="23" t="s">
-        <v>303</v>
+        <v>761</v>
       </c>
       <c r="O91" s="23" t="s">
-        <v>37</v>
+        <v>414</v>
       </c>
       <c r="P91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R91" s="25"/>
       <c r="S91" s="25"/>
       <c r="T91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U91" s="23" t="s">
-        <v>304</v>
+        <v>665</v>
       </c>
       <c r="V91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X91" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="92" ht="30" customHeight="1">
       <c r="A92" s="23" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="B92" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C92" s="23" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="D92" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F92" s="23" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="G92" s="23" t="s">
-        <v>534</v>
+        <v>822</v>
       </c>
       <c r="H92" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="23" t="s">
-        <v>535</v>
+        <v>823</v>
       </c>
       <c r="J92" s="23" t="s">
-        <v>534</v>
+        <v>824</v>
       </c>
       <c r="K92" s="23" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="L92" s="23" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="M92" s="23" t="s">
-        <v>93</v>
+        <v>827</v>
       </c>
       <c r="N92" s="23" t="s">
-        <v>94</v>
+        <v>828</v>
       </c>
       <c r="O92" s="23" t="s">
-        <v>154</v>
+        <v>114</v>
       </c>
       <c r="P92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R92" s="25"/>
       <c r="S92" s="25"/>
       <c r="T92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U92" s="23" t="s">
-        <v>177</v>
+        <v>38</v>
       </c>
       <c r="V92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X92" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="93" ht="30" customHeight="1">
       <c r="A93" s="23" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="B93" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C93" s="23" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="D93" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F93" s="23" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="G93" s="23" t="s">
-        <v>820</v>
+        <v>334</v>
       </c>
       <c r="H93" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="23" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="J93" s="23" t="s">
-        <v>363</v>
+        <v>833</v>
       </c>
       <c r="K93" s="23" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
       <c r="L93" s="23" t="s">
-        <v>401</v>
+        <v>835</v>
       </c>
       <c r="M93" s="23" t="s">
-        <v>321</v>
+        <v>836</v>
       </c>
       <c r="N93" s="23" t="s">
-        <v>322</v>
+        <v>837</v>
       </c>
       <c r="O93" s="23" t="s">
-        <v>823</v>
+        <v>93</v>
       </c>
       <c r="P93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R93" s="25"/>
       <c r="S93" s="25"/>
       <c r="T93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U93" s="23" t="s">
-        <v>415</v>
+        <v>216</v>
       </c>
       <c r="V93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X93" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="94" ht="30" customHeight="1">
       <c r="A94" s="23" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="B94" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C94" s="23" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="D94" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F94" s="23" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="G94" s="23" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="H94" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="23" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="J94" s="23" t="s">
-        <v>829</v>
+        <v>524</v>
       </c>
       <c r="K94" s="23" t="s">
-        <v>830</v>
+        <v>843</v>
       </c>
       <c r="L94" s="23" t="s">
-        <v>831</v>
+        <v>797</v>
       </c>
       <c r="M94" s="23" t="s">
-        <v>792</v>
+        <v>844</v>
       </c>
       <c r="N94" s="23" t="s">
-        <v>793</v>
+        <v>845</v>
       </c>
       <c r="O94" s="23" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="P94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R94" s="25"/>
       <c r="S94" s="25"/>
       <c r="T94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U94" s="23" t="s">
-        <v>764</v>
+        <v>205</v>
       </c>
       <c r="V94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X94" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="95" ht="30" customHeight="1">
       <c r="A95" s="23" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="B95" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C95" s="23" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="D95" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F95" s="23" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="G95" s="23" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="H95" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="23" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="J95" s="23" t="s">
-        <v>837</v>
+        <v>849</v>
       </c>
       <c r="K95" s="23" t="s">
-        <v>838</v>
+        <v>851</v>
       </c>
       <c r="L95" s="23" t="s">
-        <v>839</v>
+        <v>852</v>
       </c>
       <c r="M95" s="23" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="N95" s="23" t="s">
-        <v>840</v>
+        <v>853</v>
       </c>
       <c r="O95" s="23" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="P95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R95" s="25"/>
       <c r="S95" s="25"/>
       <c r="T95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U95" s="23" t="s">
-        <v>548</v>
+        <v>60</v>
       </c>
       <c r="V95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X95" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="96" ht="30" customHeight="1">
       <c r="A96" s="23" t="s">
-        <v>841</v>
+        <v>854</v>
       </c>
       <c r="B96" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C96" s="23" t="s">
-        <v>842</v>
+        <v>855</v>
       </c>
       <c r="D96" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F96" s="23" t="s">
-        <v>843</v>
+        <v>856</v>
       </c>
       <c r="G96" s="23" t="s">
-        <v>844</v>
+        <v>30</v>
       </c>
       <c r="H96" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="23" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="J96" s="23" t="s">
-        <v>759</v>
+        <v>30</v>
       </c>
       <c r="K96" s="23" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="L96" s="23" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="M96" s="23" t="s">
-        <v>470</v>
+        <v>35</v>
       </c>
       <c r="N96" s="23" t="s">
-        <v>848</v>
+        <v>36</v>
       </c>
       <c r="O96" s="23" t="s">
-        <v>154</v>
+        <v>37</v>
       </c>
       <c r="P96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R96" s="25"/>
       <c r="S96" s="25"/>
       <c r="T96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U96" s="23" t="s">
-        <v>287</v>
+        <v>184</v>
       </c>
       <c r="V96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X96" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="97" ht="30" customHeight="1">
       <c r="A97" s="23" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="B97" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C97" s="23" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
       <c r="D97" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F97" s="23" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="G97" s="23" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="H97" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="23" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="J97" s="23" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
       <c r="K97" s="23" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="L97" s="23" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="M97" s="23" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="N97" s="23" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="O97" s="23" t="s">
-        <v>72</v>
+        <v>114</v>
       </c>
       <c r="P97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R97" s="25"/>
       <c r="S97" s="25"/>
       <c r="T97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U97" s="23" t="s">
-        <v>453</v>
+        <v>72</v>
       </c>
       <c r="V97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X97" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="98" ht="30" customHeight="1">
       <c r="A98" s="23" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="B98" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C98" s="23" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="D98" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F98" s="23" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="G98" s="23" t="s">
-        <v>264</v>
+        <v>873</v>
       </c>
       <c r="H98" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="23" t="s">
-        <v>308</v>
+        <v>874</v>
       </c>
       <c r="J98" s="23" t="s">
-        <v>79</v>
+        <v>678</v>
       </c>
       <c r="K98" s="23" t="s">
-        <v>862</v>
+        <v>875</v>
       </c>
       <c r="L98" s="23" t="s">
-        <v>863</v>
+        <v>876</v>
       </c>
       <c r="M98" s="23" t="s">
-        <v>302</v>
+        <v>439</v>
       </c>
       <c r="N98" s="23" t="s">
-        <v>303</v>
+        <v>440</v>
       </c>
       <c r="O98" s="23" t="s">
-        <v>414</v>
+        <v>93</v>
       </c>
       <c r="P98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R98" s="25"/>
       <c r="S98" s="25"/>
       <c r="T98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U98" s="23" t="s">
-        <v>125</v>
+        <v>731</v>
       </c>
       <c r="V98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X98" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="99" ht="30" customHeight="1">
       <c r="A99" s="23" t="s">
-        <v>864</v>
+        <v>877</v>
       </c>
       <c r="B99" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C99" s="23" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="D99" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F99" s="23" t="s">
-        <v>866</v>
+        <v>879</v>
       </c>
       <c r="G99" s="23" t="s">
-        <v>867</v>
+        <v>76</v>
       </c>
       <c r="H99" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="23" t="s">
-        <v>868</v>
+        <v>77</v>
       </c>
       <c r="J99" s="23" t="s">
-        <v>706</v>
+        <v>76</v>
       </c>
       <c r="K99" s="23" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="L99" s="23" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="M99" s="23" t="s">
-        <v>871</v>
+        <v>827</v>
       </c>
       <c r="N99" s="23" t="s">
-        <v>872</v>
+        <v>828</v>
       </c>
       <c r="O99" s="23" t="s">
-        <v>873</v>
+        <v>48</v>
       </c>
       <c r="P99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R99" s="25"/>
       <c r="S99" s="25"/>
       <c r="T99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U99" s="23" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="V99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X99" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="100" ht="30" customHeight="1">
       <c r="A100" s="23" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="B100" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C100" s="23" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="D100" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F100" s="23" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="G100" s="23" t="s">
-        <v>291</v>
+        <v>565</v>
       </c>
       <c r="H100" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="23" t="s">
-        <v>878</v>
+        <v>566</v>
       </c>
       <c r="J100" s="23" t="s">
-        <v>171</v>
+        <v>30</v>
       </c>
       <c r="K100" s="23" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="L100" s="23" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="M100" s="23" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="N100" s="23" t="s">
-        <v>773</v>
+        <v>889</v>
       </c>
       <c r="O100" s="23" t="s">
-        <v>882</v>
+        <v>48</v>
       </c>
       <c r="P100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R100" s="25"/>
       <c r="S100" s="25"/>
       <c r="T100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U100" s="23" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="V100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X100" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="101" ht="30" customHeight="1">
       <c r="A101" s="23" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="B101" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C101" s="23" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="D101" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F101" s="23" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="G101" s="23" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="H101" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="23" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="J101" s="23" t="s">
-        <v>854</v>
+        <v>244</v>
       </c>
       <c r="K101" s="23" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="L101" s="23" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="M101" s="23" t="s">
-        <v>745</v>
+        <v>897</v>
       </c>
       <c r="N101" s="23" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="O101" s="23" t="s">
-        <v>72</v>
+        <v>899</v>
       </c>
       <c r="P101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R101" s="25"/>
       <c r="S101" s="25"/>
       <c r="T101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U101" s="23" t="s">
-        <v>125</v>
+        <v>205</v>
       </c>
       <c r="V101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X101" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="102" ht="30" customHeight="1">
       <c r="A102" s="23" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="B102" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C102" s="23" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="D102" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F102" s="23" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="G102" s="23" t="s">
-        <v>355</v>
+        <v>30</v>
       </c>
       <c r="H102" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="23" t="s">
-        <v>894</v>
+        <v>616</v>
       </c>
       <c r="J102" s="23" t="s">
-        <v>355</v>
+        <v>30</v>
       </c>
       <c r="K102" s="23" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="L102" s="23" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
       <c r="M102" s="23" t="s">
-        <v>251</v>
+        <v>560</v>
       </c>
       <c r="N102" s="23" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="O102" s="23" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="P102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R102" s="25"/>
       <c r="S102" s="25"/>
       <c r="T102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U102" s="23" t="s">
-        <v>133</v>
+        <v>38</v>
       </c>
       <c r="V102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X102" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="103" ht="30" customHeight="1">
       <c r="A103" s="23" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="B103" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C103" s="23" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="D103" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F103" s="23" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="G103" s="23" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="H103" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="23" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="J103" s="23" t="s">
-        <v>829</v>
+        <v>76</v>
       </c>
       <c r="K103" s="23" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="L103" s="23" t="s">
-        <v>904</v>
+        <v>797</v>
       </c>
       <c r="M103" s="23" t="s">
-        <v>514</v>
+        <v>80</v>
       </c>
       <c r="N103" s="23" t="s">
-        <v>515</v>
+        <v>773</v>
       </c>
       <c r="O103" s="23" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="P103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R103" s="25"/>
       <c r="S103" s="25"/>
       <c r="T103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U103" s="23" t="s">
-        <v>739</v>
+        <v>912</v>
       </c>
       <c r="V103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X103" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="104" ht="30" customHeight="1">
       <c r="A104" s="23" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="B104" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C104" s="23" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="D104" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F104" s="23" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="G104" s="23" t="s">
-        <v>30</v>
+        <v>286</v>
       </c>
       <c r="H104" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="23" t="s">
-        <v>211</v>
+        <v>287</v>
       </c>
       <c r="J104" s="23" t="s">
-        <v>30</v>
+        <v>288</v>
       </c>
       <c r="K104" s="23" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="L104" s="23" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="M104" s="23" t="s">
-        <v>251</v>
+        <v>888</v>
       </c>
       <c r="N104" s="23" t="s">
-        <v>252</v>
+        <v>889</v>
       </c>
       <c r="O104" s="23" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="P104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R104" s="25"/>
       <c r="S104" s="25"/>
       <c r="T104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U104" s="23" t="s">
-        <v>287</v>
+        <v>912</v>
       </c>
       <c r="V104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X104" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="105" ht="30" customHeight="1">
       <c r="A105" s="23" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="B105" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C105" s="23" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="D105" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F105" s="23" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="G105" s="23" t="s">
-        <v>30</v>
+        <v>921</v>
       </c>
       <c r="H105" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="23" t="s">
-        <v>299</v>
+        <v>922</v>
       </c>
       <c r="J105" s="23" t="s">
-        <v>30</v>
+        <v>526</v>
       </c>
       <c r="K105" s="23" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="L105" s="23" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="M105" s="23" t="s">
-        <v>321</v>
+        <v>423</v>
       </c>
       <c r="N105" s="23" t="s">
-        <v>322</v>
+        <v>424</v>
       </c>
       <c r="O105" s="23" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="P105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R105" s="25"/>
       <c r="S105" s="25"/>
       <c r="T105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U105" s="23" t="s">
-        <v>453</v>
+        <v>72</v>
       </c>
       <c r="V105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X105" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="106" ht="30" customHeight="1">
       <c r="A106" s="23" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="B106" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C106" s="23" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="D106" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F106" s="23" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="G106" s="23" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="H106" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="23" t="s">
-        <v>620</v>
+        <v>929</v>
       </c>
       <c r="J106" s="23" t="s">
-        <v>275</v>
+        <v>930</v>
       </c>
       <c r="K106" s="23" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="L106" s="23" t="s">
-        <v>920</v>
+        <v>932</v>
       </c>
       <c r="M106" s="23" t="s">
-        <v>921</v>
+        <v>933</v>
       </c>
       <c r="N106" s="23" t="s">
-        <v>922</v>
+        <v>934</v>
       </c>
       <c r="O106" s="23" t="s">
-        <v>154</v>
+        <v>71</v>
       </c>
       <c r="P106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R106" s="25"/>
       <c r="S106" s="25"/>
       <c r="T106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U106" s="23" t="s">
-        <v>923</v>
+        <v>337</v>
       </c>
       <c r="V106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X106" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="107" ht="30" customHeight="1">
       <c r="A107" s="23" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
       <c r="B107" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C107" s="23" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="D107" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F107" s="23" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="G107" s="23" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="H107" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="23" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="J107" s="23" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="K107" s="23" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="L107" s="23" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="M107" s="23" t="s">
-        <v>690</v>
+        <v>943</v>
       </c>
       <c r="N107" s="23" t="s">
-        <v>691</v>
+        <v>944</v>
       </c>
       <c r="O107" s="23" t="s">
-        <v>692</v>
+        <v>48</v>
       </c>
       <c r="P107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R107" s="25"/>
       <c r="S107" s="25"/>
       <c r="T107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U107" s="23" t="s">
-        <v>932</v>
+        <v>72</v>
       </c>
       <c r="V107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X107" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="108" ht="30" customHeight="1">
       <c r="A108" s="23" t="s">
-        <v>933</v>
+        <v>945</v>
       </c>
       <c r="B108" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C108" s="23" t="s">
-        <v>934</v>
+        <v>946</v>
       </c>
       <c r="D108" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F108" s="23" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
       <c r="G108" s="23" t="s">
-        <v>918</v>
+        <v>948</v>
       </c>
       <c r="H108" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="23" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="J108" s="23" t="s">
-        <v>275</v>
+        <v>950</v>
       </c>
       <c r="K108" s="23" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="L108" s="23" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="M108" s="23" t="s">
-        <v>285</v>
+        <v>953</v>
       </c>
       <c r="N108" s="23" t="s">
-        <v>286</v>
+        <v>954</v>
       </c>
       <c r="O108" s="23" t="s">
-        <v>625</v>
+        <v>114</v>
       </c>
       <c r="P108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R108" s="25"/>
       <c r="S108" s="25"/>
       <c r="T108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U108" s="23" t="s">
-        <v>114</v>
+        <v>72</v>
       </c>
       <c r="V108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X108" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="109" ht="30" customHeight="1">
       <c r="A109" s="23" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="B109" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C109" s="23" t="s">
-        <v>940</v>
+        <v>956</v>
       </c>
       <c r="D109" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F109" s="23" t="s">
-        <v>941</v>
+        <v>957</v>
       </c>
       <c r="G109" s="23" t="s">
-        <v>568</v>
+        <v>958</v>
       </c>
       <c r="H109" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="23" t="s">
-        <v>569</v>
+        <v>959</v>
       </c>
       <c r="J109" s="23" t="s">
-        <v>568</v>
+        <v>498</v>
       </c>
       <c r="K109" s="23" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="L109" s="23" t="s">
-        <v>943</v>
+        <v>961</v>
       </c>
       <c r="M109" s="23" t="s">
-        <v>944</v>
+        <v>423</v>
       </c>
       <c r="N109" s="23" t="s">
-        <v>945</v>
+        <v>424</v>
       </c>
       <c r="O109" s="23" t="s">
-        <v>37</v>
+        <v>114</v>
       </c>
       <c r="P109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R109" s="25"/>
       <c r="S109" s="25"/>
       <c r="T109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U109" s="23" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="V109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X109" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="110" ht="30" customHeight="1">
       <c r="A110" s="23" t="s">
-        <v>946</v>
+        <v>962</v>
       </c>
       <c r="B110" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C110" s="23" t="s">
-        <v>947</v>
+        <v>963</v>
       </c>
       <c r="D110" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F110" s="23" t="s">
-        <v>948</v>
+        <v>964</v>
       </c>
       <c r="G110" s="23" t="s">
-        <v>757</v>
+        <v>965</v>
       </c>
       <c r="H110" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="23" t="s">
-        <v>949</v>
+        <v>966</v>
       </c>
       <c r="J110" s="23" t="s">
-        <v>759</v>
+        <v>967</v>
       </c>
       <c r="K110" s="23" t="s">
-        <v>950</v>
+        <v>968</v>
       </c>
       <c r="L110" s="23" t="s">
-        <v>951</v>
+        <v>969</v>
       </c>
       <c r="M110" s="23" t="s">
-        <v>432</v>
+        <v>539</v>
       </c>
       <c r="N110" s="23" t="s">
-        <v>952</v>
+        <v>540</v>
       </c>
       <c r="O110" s="23" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="P110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R110" s="25"/>
       <c r="S110" s="25"/>
       <c r="T110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U110" s="23" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="V110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X110" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="111" ht="30" customHeight="1">
       <c r="A111" s="23" t="s">
-        <v>953</v>
+        <v>970</v>
       </c>
       <c r="B111" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C111" s="23" t="s">
-        <v>954</v>
+        <v>971</v>
       </c>
       <c r="D111" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F111" s="23" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
       <c r="G111" s="23" t="s">
-        <v>956</v>
+        <v>30</v>
       </c>
       <c r="H111" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="23" t="s">
-        <v>957</v>
+        <v>623</v>
       </c>
       <c r="J111" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K111" s="23" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="L111" s="23" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
       <c r="M111" s="23" t="s">
-        <v>960</v>
+        <v>224</v>
       </c>
       <c r="N111" s="23" t="s">
-        <v>961</v>
+        <v>225</v>
       </c>
       <c r="O111" s="23" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="P111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R111" s="25"/>
       <c r="S111" s="25"/>
       <c r="T111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U111" s="23" t="s">
-        <v>50</v>
+        <v>425</v>
       </c>
       <c r="V111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X111" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="112" ht="30" customHeight="1">
       <c r="A112" s="23" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="B112" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C112" s="23" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="D112" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F112" s="23" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="G112" s="23" t="s">
-        <v>30</v>
+        <v>220</v>
       </c>
       <c r="H112" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="23" t="s">
-        <v>587</v>
+        <v>221</v>
       </c>
       <c r="J112" s="23" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="K112" s="23" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="L112" s="23" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="M112" s="23" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="N112" s="23" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="O112" s="23" t="s">
-        <v>969</v>
+        <v>257</v>
       </c>
       <c r="P112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R112" s="25"/>
       <c r="S112" s="25"/>
       <c r="T112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U112" s="23" t="s">
-        <v>216</v>
+        <v>82</v>
       </c>
       <c r="V112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X112" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="113" ht="30" customHeight="1">
       <c r="A113" s="23" t="s">
-        <v>970</v>
+        <v>982</v>
       </c>
       <c r="B113" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C113" s="23" t="s">
-        <v>971</v>
+        <v>983</v>
       </c>
       <c r="D113" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F113" s="23" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
       <c r="G113" s="23" t="s">
-        <v>973</v>
+        <v>985</v>
       </c>
       <c r="H113" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="23" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
       <c r="J113" s="23" t="s">
-        <v>328</v>
+        <v>55</v>
       </c>
       <c r="K113" s="23" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="L113" s="23" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="M113" s="23" t="s">
-        <v>977</v>
+        <v>192</v>
       </c>
       <c r="N113" s="23" t="s">
-        <v>978</v>
+        <v>193</v>
       </c>
       <c r="O113" s="23" t="s">
-        <v>979</v>
+        <v>71</v>
       </c>
       <c r="P113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R113" s="25"/>
       <c r="S113" s="25"/>
       <c r="T113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U113" s="23" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="V113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X113" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="114" ht="30" customHeight="1">
       <c r="A114" s="23" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="B114" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C114" s="23" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="D114" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F114" s="23" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="G114" s="23" t="s">
-        <v>405</v>
+        <v>30</v>
       </c>
       <c r="H114" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="23" t="s">
-        <v>983</v>
+        <v>278</v>
       </c>
       <c r="J114" s="23" t="s">
-        <v>405</v>
+        <v>30</v>
       </c>
       <c r="K114" s="23" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="L114" s="23" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="M114" s="23" t="s">
-        <v>225</v>
+        <v>602</v>
       </c>
       <c r="N114" s="23" t="s">
-        <v>226</v>
+        <v>619</v>
       </c>
       <c r="O114" s="23" t="s">
-        <v>124</v>
+        <v>71</v>
       </c>
       <c r="P114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R114" s="25"/>
       <c r="S114" s="25"/>
       <c r="T114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U114" s="23" t="s">
-        <v>177</v>
+        <v>378</v>
       </c>
       <c r="V114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X114" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="115" ht="30" customHeight="1">
       <c r="A115" s="23" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="B115" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C115" s="23" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="D115" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F115" s="23" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="G115" s="23" t="s">
-        <v>867</v>
+        <v>178</v>
       </c>
       <c r="H115" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="23" t="s">
-        <v>868</v>
+        <v>179</v>
       </c>
       <c r="J115" s="23" t="s">
-        <v>706</v>
+        <v>30</v>
       </c>
       <c r="K115" s="23" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="L115" s="23" t="s">
-        <v>990</v>
+        <v>797</v>
       </c>
       <c r="M115" s="23" t="s">
-        <v>690</v>
+        <v>35</v>
       </c>
       <c r="N115" s="23" t="s">
-        <v>691</v>
+        <v>36</v>
       </c>
       <c r="O115" s="23" t="s">
-        <v>692</v>
+        <v>37</v>
       </c>
       <c r="P115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R115" s="25"/>
       <c r="S115" s="25"/>
       <c r="T115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U115" s="23" t="s">
-        <v>304</v>
+        <v>912</v>
       </c>
       <c r="V115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X115" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="116" ht="30" customHeight="1">
       <c r="A116" s="23" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="B116" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C116" s="23" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="D116" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F116" s="23" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="G116" s="23" t="s">
-        <v>835</v>
+        <v>30</v>
       </c>
       <c r="H116" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="23" t="s">
-        <v>836</v>
+        <v>43</v>
       </c>
       <c r="J116" s="23" t="s">
-        <v>837</v>
+        <v>30</v>
       </c>
       <c r="K116" s="23" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="L116" s="23" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="M116" s="23" t="s">
-        <v>214</v>
+        <v>281</v>
       </c>
       <c r="N116" s="23" t="s">
-        <v>996</v>
+        <v>282</v>
       </c>
       <c r="O116" s="23" t="s">
-        <v>979</v>
+        <v>48</v>
       </c>
       <c r="P116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R116" s="25"/>
       <c r="S116" s="25"/>
       <c r="T116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U116" s="23" t="s">
-        <v>125</v>
+        <v>82</v>
       </c>
       <c r="V116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X116" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="117" ht="30" customHeight="1">
       <c r="A117" s="23" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B117" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C117" s="23" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="D117" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F117" s="23" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="G117" s="23" t="s">
-        <v>108</v>
+        <v>220</v>
       </c>
       <c r="H117" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="23" t="s">
-        <v>109</v>
+        <v>1006</v>
       </c>
       <c r="J117" s="23" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="K117" s="23" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="L117" s="23" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="M117" s="23" t="s">
-        <v>1002</v>
+        <v>602</v>
       </c>
       <c r="N117" s="23" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="O117" s="23" t="s">
-        <v>37</v>
+        <v>1010</v>
       </c>
       <c r="P117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R117" s="25"/>
       <c r="S117" s="25"/>
       <c r="T117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U117" s="23" t="s">
-        <v>304</v>
+        <v>912</v>
       </c>
       <c r="V117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X117" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="118" ht="30" customHeight="1">
       <c r="A118" s="23" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="B118" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C118" s="23" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="D118" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F118" s="23" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="G118" s="23" t="s">
-        <v>30</v>
+        <v>958</v>
       </c>
       <c r="H118" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="23" t="s">
-        <v>378</v>
+        <v>959</v>
       </c>
       <c r="J118" s="23" t="s">
-        <v>30</v>
+        <v>498</v>
       </c>
       <c r="K118" s="23" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="L118" s="23" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="M118" s="23" t="s">
-        <v>337</v>
+        <v>586</v>
       </c>
       <c r="N118" s="23" t="s">
-        <v>338</v>
+        <v>587</v>
       </c>
       <c r="O118" s="23" t="s">
-        <v>132</v>
+        <v>71</v>
       </c>
       <c r="P118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R118" s="25"/>
       <c r="S118" s="25"/>
       <c r="T118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U118" s="23" t="s">
-        <v>641</v>
+        <v>166</v>
       </c>
       <c r="V118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X118" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="119" ht="30" customHeight="1">
       <c r="A119" s="23" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="B119" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C119" s="23" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="D119" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F119" s="23" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
       <c r="G119" s="23" t="s">
-        <v>715</v>
+        <v>242</v>
       </c>
       <c r="H119" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="23" t="s">
-        <v>1012</v>
+        <v>721</v>
       </c>
       <c r="J119" s="23" t="s">
-        <v>1013</v>
+        <v>244</v>
       </c>
       <c r="K119" s="23" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="L119" s="23" t="s">
-        <v>1015</v>
+        <v>797</v>
       </c>
       <c r="M119" s="23" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="N119" s="23" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="O119" s="23" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="P119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R119" s="25"/>
       <c r="S119" s="25"/>
       <c r="T119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U119" s="23" t="s">
-        <v>764</v>
+        <v>82</v>
       </c>
       <c r="V119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X119" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="120" ht="30" customHeight="1">
       <c r="A120" s="23" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="B120" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C120" s="23" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="D120" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F120" s="23" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="G120" s="23" t="s">
-        <v>30</v>
+        <v>1025</v>
       </c>
       <c r="H120" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="23" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="J120" s="23" t="s">
-        <v>30</v>
+        <v>598</v>
       </c>
       <c r="K120" s="23" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="L120" s="23" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="M120" s="23" t="s">
-        <v>337</v>
+        <v>35</v>
       </c>
       <c r="N120" s="23" t="s">
-        <v>338</v>
+        <v>36</v>
       </c>
       <c r="O120" s="23" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="P120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R120" s="25"/>
       <c r="S120" s="25"/>
       <c r="T120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U120" s="23" t="s">
-        <v>216</v>
+        <v>912</v>
       </c>
       <c r="V120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X120" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="121" ht="30" customHeight="1">
       <c r="A121" s="23" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="B121" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C121" s="23" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="D121" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F121" s="23" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="G121" s="23" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="H121" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="23" t="s">
-        <v>1028</v>
+        <v>816</v>
       </c>
       <c r="J121" s="23" t="s">
-        <v>1029</v>
+        <v>446</v>
       </c>
       <c r="K121" s="23" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="L121" s="23" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="M121" s="23" t="s">
-        <v>214</v>
+        <v>760</v>
       </c>
       <c r="N121" s="23" t="s">
-        <v>996</v>
+        <v>761</v>
       </c>
       <c r="O121" s="23" t="s">
-        <v>1032</v>
+        <v>48</v>
       </c>
       <c r="P121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R121" s="25"/>
       <c r="S121" s="25"/>
       <c r="T121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U121" s="23" t="s">
-        <v>177</v>
+        <v>912</v>
       </c>
       <c r="V121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X121" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="122" ht="30" customHeight="1">
       <c r="A122" s="23" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="B122" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C122" s="23" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D122" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F122" s="23" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="G122" s="23" t="s">
-        <v>371</v>
+        <v>508</v>
       </c>
       <c r="H122" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="23" t="s">
-        <v>362</v>
+        <v>1038</v>
       </c>
       <c r="J122" s="23" t="s">
-        <v>363</v>
+        <v>446</v>
       </c>
       <c r="K122" s="23" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="L122" s="23" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="M122" s="23" t="s">
-        <v>366</v>
+        <v>134</v>
       </c>
       <c r="N122" s="23" t="s">
-        <v>367</v>
+        <v>135</v>
       </c>
       <c r="O122" s="23" t="s">
-        <v>633</v>
+        <v>93</v>
       </c>
       <c r="P122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R122" s="25"/>
       <c r="S122" s="25"/>
       <c r="T122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U122" s="23" t="s">
-        <v>592</v>
+        <v>912</v>
       </c>
       <c r="V122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X122" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="123" ht="30" customHeight="1">
       <c r="A123" s="23" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="B123" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C123" s="23" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="D123" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F123" s="23" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="G123" s="23" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="H123" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="23" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="J123" s="23" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="K123" s="23" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="L123" s="23" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="M123" s="23" t="s">
-        <v>102</v>
+        <v>1049</v>
       </c>
       <c r="N123" s="23" t="s">
-        <v>103</v>
+        <v>1050</v>
       </c>
       <c r="O123" s="23" t="s">
-        <v>124</v>
+        <v>784</v>
       </c>
       <c r="P123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R123" s="25"/>
       <c r="S123" s="25"/>
       <c r="T123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U123" s="23" t="s">
-        <v>216</v>
+        <v>912</v>
       </c>
       <c r="V123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X123" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="124" ht="30" customHeight="1">
       <c r="A124" s="23" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B124" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C124" s="23" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="D124" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F124" s="23" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="G124" s="23" t="s">
-        <v>1049</v>
+        <v>30</v>
       </c>
       <c r="H124" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="23" t="s">
-        <v>1050</v>
+        <v>857</v>
       </c>
       <c r="J124" s="23" t="s">
-        <v>973</v>
+        <v>30</v>
       </c>
       <c r="K124" s="23" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="L124" s="23" t="s">
-        <v>81</v>
+        <v>1055</v>
       </c>
       <c r="M124" s="23" t="s">
-        <v>1052</v>
+        <v>35</v>
       </c>
       <c r="N124" s="23" t="s">
-        <v>1053</v>
+        <v>36</v>
       </c>
       <c r="O124" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R124" s="25"/>
       <c r="S124" s="25"/>
       <c r="T124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U124" s="23" t="s">
-        <v>177</v>
+        <v>912</v>
       </c>
       <c r="V124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X124" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="125" ht="30" customHeight="1">
       <c r="A125" s="23" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B125" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C125" s="23" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="D125" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F125" s="23" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="G125" s="23" t="s">
-        <v>1057</v>
+        <v>30</v>
       </c>
       <c r="H125" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="23" t="s">
-        <v>1058</v>
+        <v>373</v>
       </c>
       <c r="J125" s="23" t="s">
-        <v>1057</v>
+        <v>30</v>
       </c>
       <c r="K125" s="23" t="s">
         <v>1059</v>
       </c>
       <c r="L125" s="23" t="s">
         <v>1060</v>
       </c>
       <c r="M125" s="23" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="N125" s="23" t="s">
+        <v>773</v>
+      </c>
+      <c r="O125" s="23" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="P125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R125" s="25"/>
       <c r="S125" s="25"/>
       <c r="T125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U125" s="23" t="s">
-        <v>50</v>
+        <v>912</v>
       </c>
       <c r="V125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X125" s="23" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;A</oddHeader>
     <oddFooter>&amp;CPage &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 