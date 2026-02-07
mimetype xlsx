--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -83,3162 +83,3162 @@
   <si>
     <t>Licensee Last Name</t>
   </si>
   <si>
     <t>Date Probationary (License/Certification) Issued</t>
   </si>
   <si>
     <t>Date Regular (License/Certification) Issued</t>
   </si>
   <si>
     <t>Date Closed</t>
   </si>
   <si>
     <t>Capacity</t>
   </si>
   <si>
     <t>Gender</t>
   </si>
   <si>
     <t>Client Group Served</t>
   </si>
   <si>
     <t>HCBS Compliance / Public Funding</t>
   </si>
   <si>
-    <t>522573</t>
+    <t>522562</t>
   </si>
   <si>
     <t>T18 Medicare</t>
   </si>
   <si>
-    <t>FMC MIDWEST 27TH ST BRANCH</t>
+    <t>MANITOWOC DIALYSIS</t>
   </si>
   <si>
     <t>End Stage Renal Dialysis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>3120 SOUTH 27TH ST</t>
+    <t>3303 DEWEY ST</t>
+  </si>
+  <si>
+    <t>MANITOWOC</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>54220</t>
+  </si>
+  <si>
+    <t>(920) 652-0593</t>
+  </si>
+  <si>
+    <t>(920) 686-5336</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Barts</t>
+  </si>
+  <si>
+    <t>DAVITA HEALTHCARE PARTNERS INC</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>523527</t>
+  </si>
+  <si>
+    <t>ASPIRUS WAUSAU HOSPITAL KIDNEY CARE</t>
+  </si>
+  <si>
+    <t>3200 WESTHILL DR  SUITE 1500</t>
+  </si>
+  <si>
+    <t>WAUSAU</t>
+  </si>
+  <si>
+    <t>54401</t>
+  </si>
+  <si>
+    <t>MARATHON</t>
+  </si>
+  <si>
+    <t>(715) 847-0019</t>
+  </si>
+  <si>
+    <t>(715) 847-2663</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Augustyn</t>
+  </si>
+  <si>
+    <t>ASPIRUS INC</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>522564</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE KENOSHA</t>
+  </si>
+  <si>
+    <t>6810 GREEN BAY RD  SUITE 1</t>
+  </si>
+  <si>
+    <t>KENOSHA</t>
+  </si>
+  <si>
+    <t>53142</t>
+  </si>
+  <si>
+    <t>(262) 612-1862</t>
+  </si>
+  <si>
+    <t>(262) 697-6308</t>
+  </si>
+  <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Tuten</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE MIDWEST DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>522560</t>
+  </si>
+  <si>
+    <t>OSHKOSH WEST DIALYSIS</t>
+  </si>
+  <si>
+    <t>1950 VENTURE DR</t>
+  </si>
+  <si>
+    <t>OSHKOSH</t>
+  </si>
+  <si>
+    <t>54902</t>
+  </si>
+  <si>
+    <t>WINNEBAGO</t>
+  </si>
+  <si>
+    <t>(920) 303-0650</t>
+  </si>
+  <si>
+    <t>(920) 456-7861</t>
+  </si>
+  <si>
+    <t>Jodi</t>
+  </si>
+  <si>
+    <t>Rothenbach</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>522561</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST LAKESHORE</t>
+  </si>
+  <si>
+    <t>2000 E LAYTON AVE  SUITE 200</t>
+  </si>
+  <si>
+    <t>SAINT FRANCIS</t>
+  </si>
+  <si>
+    <t>53235</t>
   </si>
   <si>
     <t>MILWAUKEE</t>
   </si>
   <si>
-    <t>WI</t>
-[...17 lines deleted...]
-    <t>FRESENIUS MEDICAL CARE MIDWEST DIALYSIS LLC</t>
+    <t>(414) 481-7179</t>
+  </si>
+  <si>
+    <t>(414) 774-4399</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Cantrell</t>
+  </si>
+  <si>
+    <t>522339</t>
+  </si>
+  <si>
+    <t>ASPIRUS DIVINE SAVIOR HOSPITAL</t>
+  </si>
+  <si>
+    <t>2817 NEW PINERY RD</t>
+  </si>
+  <si>
+    <t>PORTAGE</t>
+  </si>
+  <si>
+    <t>53901</t>
+  </si>
+  <si>
+    <t>COLUMBIA</t>
+  </si>
+  <si>
+    <t>(608) 745-5160</t>
+  </si>
+  <si>
+    <t>(608) 745-5061</t>
+  </si>
+  <si>
+    <t>Annie</t>
+  </si>
+  <si>
+    <t>Allen</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>522565</t>
+  </si>
+  <si>
+    <t>MILWAUKEE DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>4775 N GREEN BAY AVE</t>
+  </si>
+  <si>
+    <t>53209</t>
+  </si>
+  <si>
+    <t>(414) 265-1700</t>
+  </si>
+  <si>
+    <t>(414) 265-1701</t>
+  </si>
+  <si>
+    <t>Randal</t>
+  </si>
+  <si>
+    <t>Hebein</t>
+  </si>
+  <si>
+    <t>AMERICAN RENAL ASSOCIATES LLC</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>No</t>
-[...23 lines deleted...]
-    <t>Ellis</t>
+    <t>523528</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS ONALASKA</t>
+  </si>
+  <si>
+    <t>3075 S KINNEY COULEE RD</t>
+  </si>
+  <si>
+    <t>ONALASKA</t>
+  </si>
+  <si>
+    <t>54650</t>
+  </si>
+  <si>
+    <t>LA CROSSE</t>
+  </si>
+  <si>
+    <t>(608) 775-1360</t>
+  </si>
+  <si>
+    <t>(608) 775-1376</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>Pfaff</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN MEDICAL CENTER INC</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>522533</t>
+  </si>
+  <si>
+    <t>FORT ATKINSON DIALYSIS CTR</t>
+  </si>
+  <si>
+    <t>525 HANDEYSIDE LANE</t>
+  </si>
+  <si>
+    <t>FORT ATKINSON</t>
+  </si>
+  <si>
+    <t>53538</t>
+  </si>
+  <si>
+    <t>JEFFERSON</t>
+  </si>
+  <si>
+    <t>(920) 563-8665</t>
+  </si>
+  <si>
+    <t>(920) 563-8643</t>
+  </si>
+  <si>
+    <t>Krystal</t>
+  </si>
+  <si>
+    <t>Wojciechowski</t>
   </si>
   <si>
     <t>TOTAL RENAL CARE INC</t>
   </si>
   <si>
-    <t>24</t>
-[...62 lines deleted...]
-    <t>Stoddard</t>
+    <t>15</t>
+  </si>
+  <si>
+    <t>522512</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST CAPITOL</t>
+  </si>
+  <si>
+    <t>4021 N 52ND ST</t>
+  </si>
+  <si>
+    <t>53216</t>
+  </si>
+  <si>
+    <t>(414) 873-3600</t>
+  </si>
+  <si>
+    <t>(414) 873-6479</t>
+  </si>
+  <si>
+    <t>Pavlik</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>522524</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST GOOD HOPE</t>
+  </si>
+  <si>
+    <t>7701 W CLINTON AVE</t>
+  </si>
+  <si>
+    <t>53223</t>
+  </si>
+  <si>
+    <t>(414) 760-3090</t>
+  </si>
+  <si>
+    <t>(414) 760-3068</t>
+  </si>
+  <si>
+    <t>Erin</t>
+  </si>
+  <si>
+    <t>Koeck</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>522602</t>
+  </si>
+  <si>
+    <t>FMC MADISON CAPITOL</t>
+  </si>
+  <si>
+    <t>2840 INDEX ROAD</t>
+  </si>
+  <si>
+    <t>MADISON</t>
+  </si>
+  <si>
+    <t>53713</t>
+  </si>
+  <si>
+    <t>DANE</t>
+  </si>
+  <si>
+    <t>(608) 229-7222</t>
+  </si>
+  <si>
+    <t>(608) 229-7395</t>
+  </si>
+  <si>
+    <t>Candi</t>
+  </si>
+  <si>
+    <t>Mccauley</t>
   </si>
   <si>
     <t>BIO MEDICAL APPLICATIONS OF WISCONSIN INC</t>
   </si>
   <si>
-    <t>12</t>
+    <t>35</t>
+  </si>
+  <si>
+    <t>523517</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS VIROQUA</t>
+  </si>
+  <si>
+    <t>407 S MAIN ST  SUITE 300</t>
+  </si>
+  <si>
+    <t>VIROQUA</t>
+  </si>
+  <si>
+    <t>54665</t>
+  </si>
+  <si>
+    <t>VERNON</t>
+  </si>
+  <si>
+    <t>(608) 637-4376</t>
+  </si>
+  <si>
+    <t>(608) 637-4288</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>522566</t>
+  </si>
+  <si>
+    <t>BLUEMOUND DIALYSIS</t>
+  </si>
+  <si>
+    <t>601 NORTH 99TH ST  SUITE 100</t>
+  </si>
+  <si>
+    <t>WAUWATOSA</t>
+  </si>
+  <si>
+    <t>53226</t>
+  </si>
+  <si>
+    <t>(414) 755-6300</t>
+  </si>
+  <si>
+    <t>(414) 755-6310</t>
+  </si>
+  <si>
+    <t>Zachary</t>
+  </si>
+  <si>
+    <t>Kunda</t>
+  </si>
+  <si>
+    <t>522550</t>
+  </si>
+  <si>
+    <t>FMC DIALYSIS SERVICES OF KAUKAUNA</t>
+  </si>
+  <si>
+    <t>2259 PROGRESS WAY</t>
+  </si>
+  <si>
+    <t>KAUKAUNA</t>
+  </si>
+  <si>
+    <t>54130</t>
+  </si>
+  <si>
+    <t>OUTAGAMIE</t>
+  </si>
+  <si>
+    <t>(920) 759-4540</t>
+  </si>
+  <si>
+    <t>(920) 759-4548</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
+    <t>Krisher</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE NA</t>
+  </si>
+  <si>
+    <t>523529</t>
+  </si>
+  <si>
+    <t>ASPIRUS LANGLADE HOSPITAL KIDNEY CARE</t>
+  </si>
+  <si>
+    <t>501 AURORA ST</t>
+  </si>
+  <si>
+    <t>ANTIGO</t>
+  </si>
+  <si>
+    <t>54409</t>
+  </si>
+  <si>
+    <t>LANGLADE</t>
+  </si>
+  <si>
+    <t>(715) 623-9777</t>
+  </si>
+  <si>
+    <t>(715) 623-9454</t>
+  </si>
+  <si>
+    <t>RELIGIOUS HOSPITALLERS OF ST JOSPEH</t>
+  </si>
+  <si>
+    <t>522501</t>
+  </si>
+  <si>
+    <t>FOX RIVER DIALYSIS</t>
+  </si>
+  <si>
+    <t>1910 RIVERSIDE DR</t>
+  </si>
+  <si>
+    <t>GREEN BAY</t>
+  </si>
+  <si>
+    <t>54301</t>
+  </si>
+  <si>
+    <t>BROWN</t>
+  </si>
+  <si>
+    <t>(920) 436-4910</t>
+  </si>
+  <si>
+    <t>(920) 437-1718</t>
+  </si>
+  <si>
+    <t>Kathleen</t>
+  </si>
+  <si>
+    <t>Holzer</t>
+  </si>
+  <si>
+    <t>RENAL LIFE LINK INC</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>522537</t>
+  </si>
+  <si>
+    <t>LAKE GENEVA DIALYSIS</t>
+  </si>
+  <si>
+    <t>650 N EDWARDS BLVD</t>
+  </si>
+  <si>
+    <t>LAKE GENEVA</t>
+  </si>
+  <si>
+    <t>53147</t>
+  </si>
+  <si>
+    <t>WALWORTH</t>
+  </si>
+  <si>
+    <t>(262) 248-2502</t>
+  </si>
+  <si>
+    <t>(262) 249-7146</t>
+  </si>
+  <si>
+    <t>Teresa</t>
+  </si>
+  <si>
+    <t>Taber</t>
   </si>
   <si>
     <t>522581</t>
   </si>
   <si>
     <t>FMC MIDWEST WAUKESHA</t>
   </si>
   <si>
     <t>111 ANN ST</t>
   </si>
   <si>
     <t>WAUKESHA</t>
   </si>
   <si>
     <t>53188</t>
   </si>
   <si>
     <t>(262) 542-6179</t>
   </si>
   <si>
     <t>(262) 542-6182</t>
   </si>
   <si>
     <t>Jennifer</t>
   </si>
   <si>
     <t>Haag</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>522580</t>
   </si>
   <si>
     <t>FRESENIUS KIDNEY CARE HAYWARD</t>
   </si>
   <si>
     <t>15969 RAILROAD ST</t>
   </si>
   <si>
     <t>HAYWARD</t>
   </si>
   <si>
     <t>54843</t>
   </si>
   <si>
     <t>SAWYER</t>
   </si>
   <si>
     <t>(715) 634-3220</t>
   </si>
   <si>
     <t>(715) 634-3232</t>
   </si>
   <si>
     <t>Nichelle</t>
   </si>
   <si>
     <t>Kemp</t>
   </si>
   <si>
-    <t>FRESENIUS MEDICAL CARE NA</t>
-[...2108 lines deleted...]
-    <t>(715) 362-3718</t>
+    <t>522587</t>
+  </si>
+  <si>
+    <t>STEVENS POINT DIALYSIS</t>
+  </si>
+  <si>
+    <t>1100 MERIDIAN DRIVE</t>
+  </si>
+  <si>
+    <t>PLOVER</t>
+  </si>
+  <si>
+    <t>54467</t>
+  </si>
+  <si>
+    <t>(715) 343-1266</t>
   </si>
   <si xml:space="preserve">
     <t>          </t>
   </si>
   <si>
+    <t>Jenny</t>
+  </si>
+  <si>
+    <t>Zogata</t>
+  </si>
+  <si>
+    <t>522570</t>
+  </si>
+  <si>
+    <t>FMC WAUPACA</t>
+  </si>
+  <si>
+    <t>102 GRAND SEASONS DR  SUITE 7</t>
+  </si>
+  <si>
+    <t>WAUPACA</t>
+  </si>
+  <si>
+    <t>54981</t>
+  </si>
+  <si>
+    <t>(715) 258-2547</t>
+  </si>
+  <si>
+    <t>(715) 258-2686</t>
+  </si>
+  <si>
+    <t>Wogernese</t>
+  </si>
+  <si>
+    <t>522577</t>
+  </si>
+  <si>
+    <t>HUMBOLDT RIDGE DIALYSIS</t>
+  </si>
+  <si>
+    <t>2211 N HUMBOLDT BLVD</t>
+  </si>
+  <si>
+    <t>53212</t>
+  </si>
+  <si>
+    <t>(414) 336-7200</t>
+  </si>
+  <si>
+    <t>(414) 336-7210</t>
+  </si>
+  <si>
+    <t>Mattie</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>522579</t>
+  </si>
+  <si>
+    <t>MEQUON ROAD DIALYSIS</t>
+  </si>
+  <si>
+    <t>W175 N11056 STONEWOOD DR</t>
+  </si>
+  <si>
+    <t>GERMANTOWN</t>
+  </si>
+  <si>
+    <t>53022</t>
+  </si>
+  <si>
+    <t>WASHINGTON</t>
+  </si>
+  <si>
+    <t>(262) 251-4047</t>
+  </si>
+  <si>
+    <t>(262) 251-3440</t>
+  </si>
+  <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>Neurenberg</t>
+  </si>
+  <si>
+    <t>522571</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST APPLETON AVENUE</t>
+  </si>
+  <si>
+    <t>7795 W APPLETON AVE  SUITE B</t>
+  </si>
+  <si>
+    <t>53222</t>
+  </si>
+  <si>
+    <t>(414) 464-0820</t>
+  </si>
+  <si>
+    <t>(414) 464-1507</t>
+  </si>
+  <si>
+    <t>Joan</t>
+  </si>
+  <si>
+    <t>Selvaggi</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>522604</t>
+  </si>
+  <si>
+    <t>FMC DODGEVILLE</t>
+  </si>
+  <si>
+    <t>800 COMPASSION WAY</t>
+  </si>
+  <si>
+    <t>DODGEVILLE</t>
+  </si>
+  <si>
+    <t>53533</t>
+  </si>
+  <si>
+    <t>IOWA</t>
+  </si>
+  <si>
+    <t>(608) 319-0373</t>
+  </si>
+  <si>
+    <t>(608) 930-7177</t>
+  </si>
+  <si>
+    <t>Kurtis</t>
+  </si>
+  <si>
+    <t>Stoddard</t>
+  </si>
+  <si>
+    <t>522575</t>
+  </si>
+  <si>
+    <t>AMERY DIALYSIS</t>
+  </si>
+  <si>
+    <t>970 ELDEN AVE</t>
+  </si>
+  <si>
+    <t>AMERY</t>
+  </si>
+  <si>
+    <t>54001</t>
+  </si>
+  <si>
+    <t>POLK</t>
+  </si>
+  <si>
+    <t>(534) 444-0005</t>
+  </si>
+  <si>
+    <t>(534) 444-0006</t>
+  </si>
+  <si>
+    <t>Holly</t>
+  </si>
+  <si>
+    <t>Kjeseth</t>
+  </si>
+  <si>
+    <t>AMERY DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>522578</t>
+  </si>
+  <si>
+    <t>OAK CREEK DIALYSIS</t>
+  </si>
+  <si>
+    <t>8201 S HOWELL AVE  SUITE 600</t>
+  </si>
+  <si>
+    <t>OAK CREEK</t>
+  </si>
+  <si>
+    <t>53154</t>
+  </si>
+  <si>
+    <t>(414) 762-3784</t>
+  </si>
+  <si>
+    <t>(414) 762-4012</t>
+  </si>
+  <si>
+    <t>Melannie</t>
+  </si>
+  <si>
+    <t>Sikorski</t>
+  </si>
+  <si>
+    <t>522572</t>
+  </si>
+  <si>
+    <t>MONROE CLINIC DIALYSIS</t>
+  </si>
+  <si>
+    <t>120 7TH ST</t>
+  </si>
+  <si>
+    <t>MONROE</t>
+  </si>
+  <si>
+    <t>53566</t>
+  </si>
+  <si>
+    <t>GREEN</t>
+  </si>
+  <si>
+    <t>(608) 581-3055</t>
+  </si>
+  <si>
+    <t>(608) 324-1974</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>Teasdale</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>522573</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST 27TH ST BRANCH</t>
+  </si>
+  <si>
+    <t>3120 SOUTH 27TH ST</t>
+  </si>
+  <si>
+    <t>53215</t>
+  </si>
+  <si>
+    <t>(414) 643-1714</t>
+  </si>
+  <si>
+    <t>(414) 672-1016</t>
+  </si>
+  <si>
+    <t>522595</t>
+  </si>
+  <si>
+    <t>MILL STREET HOME TRAINING</t>
+  </si>
+  <si>
+    <t>N54 W6135 MILL ST  SUITE 500</t>
+  </si>
+  <si>
+    <t>CEDARBURG</t>
+  </si>
+  <si>
+    <t>53012</t>
+  </si>
+  <si>
+    <t>OZAUKEE</t>
+  </si>
+  <si>
+    <t>(262) 377-2158</t>
+  </si>
+  <si>
+    <t>(262) 377-2191</t>
+  </si>
+  <si>
+    <t>Lexann</t>
+  </si>
+  <si>
+    <t>Krzyzaniak</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>522547</t>
+  </si>
+  <si>
+    <t>FMC RIPON SOUTH</t>
+  </si>
+  <si>
+    <t>37 STONEY RIDGE RD  SUITE 100</t>
+  </si>
+  <si>
+    <t>RIPON</t>
+  </si>
+  <si>
+    <t>54971</t>
+  </si>
+  <si>
+    <t>FOND DU LAC</t>
+  </si>
+  <si>
+    <t>(920) 748-8651</t>
+  </si>
+  <si>
+    <t>(920) 748-8657</t>
+  </si>
+  <si>
+    <t>Lashawn</t>
+  </si>
+  <si>
+    <t>Crain</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>522504</t>
+  </si>
+  <si>
+    <t>WAUKESHA DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>721 AMERICAN AVE  SUITE 204</t>
+  </si>
+  <si>
+    <t>(262) 549-0754</t>
+  </si>
+  <si>
+    <t>(262) 928-5483</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>522536</t>
+  </si>
+  <si>
+    <t>BLUEMOUND PD</t>
+  </si>
+  <si>
+    <t>601 NORTH 99TH ST  SUITE 300</t>
+  </si>
+  <si>
+    <t>(414) 778-1623</t>
+  </si>
+  <si>
+    <t>(414) 778-1631</t>
+  </si>
+  <si>
+    <t>522343</t>
+  </si>
+  <si>
+    <t>ASPIRUS KIDNEY CARE MEDFORD</t>
+  </si>
+  <si>
+    <t>111 SOUTH GIBSON ST</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>54451</t>
+  </si>
+  <si>
+    <t>TAYLOR</t>
+  </si>
+  <si>
+    <t>(715) 748-7520</t>
+  </si>
+  <si>
+    <t>(715) 748-7524</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Schultz</t>
+  </si>
+  <si>
+    <t>ASPIRUS MEDFORD HOSPITAL &amp; CLINICS INC</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>522597</t>
+  </si>
+  <si>
+    <t>LAKE COUNTRY DIALYSIS</t>
+  </si>
+  <si>
+    <t>2301 SUN VALLEY DR  SUITE 101</t>
+  </si>
+  <si>
+    <t>DELAFIELD</t>
+  </si>
+  <si>
+    <t>53018</t>
+  </si>
+  <si>
+    <t>(262) 646-3080</t>
+  </si>
+  <si>
+    <t>Bender</t>
+  </si>
+  <si>
+    <t>522324</t>
+  </si>
+  <si>
+    <t>BELOIT HEALTH SYSTEM</t>
+  </si>
+  <si>
+    <t>1969 W HART RD</t>
+  </si>
+  <si>
+    <t>BELOIT</t>
+  </si>
+  <si>
+    <t>53511</t>
+  </si>
+  <si>
+    <t>ROCK</t>
+  </si>
+  <si>
+    <t>(608) 364-5580</t>
+  </si>
+  <si>
+    <t>(608) 364-5306</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Nelson</t>
+  </si>
+  <si>
+    <t>BELOIT HEALTH SYSTEM INC</t>
+  </si>
+  <si>
+    <t>522582</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SHAWANO</t>
+  </si>
+  <si>
+    <t>1509 S LINCOLN ST</t>
+  </si>
+  <si>
+    <t>SHAWANO</t>
+  </si>
+  <si>
+    <t>54166</t>
+  </si>
+  <si>
+    <t>(715) 524-8038</t>
+  </si>
+  <si>
+    <t>(715) 524-8043</t>
+  </si>
+  <si>
+    <t>Mindy</t>
+  </si>
+  <si>
+    <t>Schroeder</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>522606</t>
+  </si>
+  <si>
+    <t>HUDSON DIALYSIS</t>
+  </si>
+  <si>
+    <t>421 STAGELINE ROAD</t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>54016</t>
+  </si>
+  <si>
+    <t>SAINT CROIX</t>
+  </si>
+  <si>
+    <t>(715) 381-8240</t>
+  </si>
+  <si>
+    <t>(715) 381-8454</t>
+  </si>
+  <si>
+    <t>Brandie</t>
+  </si>
+  <si>
+    <t>Tolzman</t>
+  </si>
+  <si>
+    <t>522598</t>
+  </si>
+  <si>
+    <t>CAPITOL COURT DIALYSIS</t>
+  </si>
+  <si>
+    <t>4176 N 56TH ST</t>
+  </si>
+  <si>
+    <t>(414) 445-2119</t>
+  </si>
+  <si>
+    <t>(414) 445-3794</t>
+  </si>
+  <si>
+    <t>Noe</t>
+  </si>
+  <si>
+    <t>522607</t>
+  </si>
+  <si>
+    <t>SUN PRAIRIE DIALYSIS</t>
+  </si>
+  <si>
+    <t>719 BUNNY TRAIL</t>
+  </si>
+  <si>
+    <t>SUN PRAIRIE</t>
+  </si>
+  <si>
+    <t>53590</t>
+  </si>
+  <si>
+    <t>(608) 825-6556</t>
+  </si>
+  <si>
+    <t>(608) 825-2886</t>
+  </si>
+  <si>
+    <t>Tabitha</t>
+  </si>
+  <si>
+    <t>Draeger</t>
+  </si>
+  <si>
+    <t>522601</t>
+  </si>
+  <si>
+    <t>CHILTON DIALYSIS</t>
+  </si>
+  <si>
+    <t>425 MB LANE</t>
+  </si>
+  <si>
+    <t>CHILTON</t>
+  </si>
+  <si>
+    <t>53014</t>
+  </si>
+  <si>
+    <t>CALUMET</t>
+  </si>
+  <si>
+    <t>(920) 849-3390</t>
+  </si>
+  <si>
+    <t>(920) 849-3432</t>
+  </si>
+  <si>
+    <t>522596</t>
+  </si>
+  <si>
+    <t>LAKE HALLIE DIALYSIS</t>
+  </si>
+  <si>
+    <t>3636 E MELBY ST</t>
+  </si>
+  <si>
+    <t>LAKE HALLIE</t>
+  </si>
+  <si>
+    <t>54729</t>
+  </si>
+  <si>
+    <t>CHIPPEWA</t>
+  </si>
+  <si>
+    <t>(715) 833-8512</t>
+  </si>
+  <si>
+    <t>(715) 833-8534</t>
+  </si>
+  <si>
+    <t>Kyra</t>
+  </si>
+  <si>
+    <t>Pickett</t>
+  </si>
+  <si>
+    <t>522625</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE OCONTO FALLS</t>
+  </si>
+  <si>
+    <t>853 S MAIN ST  SUITE A</t>
+  </si>
+  <si>
+    <t>OCONTO FALLS</t>
+  </si>
+  <si>
+    <t>54154</t>
+  </si>
+  <si>
+    <t>OCONTO</t>
+  </si>
+  <si>
+    <t>(920) 848-6346</t>
+  </si>
+  <si>
+    <t>(920) 848-6352</t>
+  </si>
+  <si>
+    <t>Brenda</t>
+  </si>
+  <si>
+    <t>Childress</t>
+  </si>
+  <si>
+    <t>522605</t>
+  </si>
+  <si>
+    <t>GREEN LAKE COUNTY DIALYSIS</t>
+  </si>
+  <si>
+    <t>432 OAK ST</t>
+  </si>
+  <si>
+    <t>BERLIN</t>
+  </si>
+  <si>
+    <t>54923</t>
+  </si>
+  <si>
+    <t>GREEN LAKE</t>
+  </si>
+  <si>
+    <t>(920) 361-1177</t>
+  </si>
+  <si>
+    <t>(920) 361-1435</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Dassow</t>
+  </si>
+  <si>
+    <t>522609</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SLINGER</t>
+  </si>
+  <si>
+    <t>631 LOUS WAY</t>
+  </si>
+  <si>
+    <t>SLINGER</t>
+  </si>
+  <si>
+    <t>53086</t>
+  </si>
+  <si>
+    <t>(262) 644-1180</t>
+  </si>
+  <si>
+    <t>(262) 644-1188</t>
+  </si>
+  <si>
+    <t>522614</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SILVER SPRING</t>
+  </si>
+  <si>
+    <t>2615 W SILVER SPRING DR</t>
+  </si>
+  <si>
+    <t>53202</t>
+  </si>
+  <si>
+    <t>(414) 461-2649</t>
+  </si>
+  <si>
+    <t>(414) 461-2566</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>522613</t>
+  </si>
+  <si>
+    <t>BROWN DEER DIALYSIS</t>
+  </si>
+  <si>
+    <t>9127 N 76TH ST</t>
+  </si>
+  <si>
+    <t>(414) 354-4319</t>
+  </si>
+  <si>
+    <t>(414) 365-3519</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Salemi</t>
+  </si>
+  <si>
+    <t>522612</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SUN PRAIRIE</t>
+  </si>
+  <si>
+    <t>2831 O KEEFFE AVE</t>
+  </si>
+  <si>
+    <t>(608) 274-6358</t>
+  </si>
+  <si>
+    <t>(608) 274-6376</t>
+  </si>
+  <si>
+    <t>Tonya</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>522615</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE BROOKFIELD</t>
+  </si>
+  <si>
+    <t>17500 W CAPITOL DR</t>
+  </si>
+  <si>
+    <t>BROOKFIELD</t>
+  </si>
+  <si>
+    <t>53045</t>
+  </si>
+  <si>
+    <t>(262) 373-1244</t>
+  </si>
+  <si>
+    <t>(262) 373-1254</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Borucki</t>
+  </si>
+  <si>
+    <t>WISCONSIN RENAL CARE GROUP LLC</t>
+  </si>
+  <si>
+    <t>522611</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE JANESVILLE</t>
+  </si>
+  <si>
+    <t>1407 CRESTON PARK DR</t>
+  </si>
+  <si>
+    <t>JANESVILLE</t>
+  </si>
+  <si>
+    <t>53545</t>
+  </si>
+  <si>
+    <t>(608) 752-6362</t>
+  </si>
+  <si>
+    <t>Heidi</t>
+  </si>
+  <si>
+    <t>Pichotta</t>
+  </si>
+  <si>
+    <t>522608</t>
+  </si>
+  <si>
+    <t>LAKE DELTON DIALYSIS</t>
+  </si>
+  <si>
+    <t>14 COUNTY ROAD P</t>
+  </si>
+  <si>
+    <t>WISCONSIN DELLS</t>
+  </si>
+  <si>
+    <t>53965</t>
+  </si>
+  <si>
+    <t>(608) 253-3597</t>
+  </si>
+  <si>
+    <t>(608) 253-3948</t>
+  </si>
+  <si>
+    <t>522616</t>
+  </si>
+  <si>
+    <t>ESTABROOK PARK DIALYSIS</t>
+  </si>
+  <si>
+    <t>733 E CAPITOL DR</t>
+  </si>
+  <si>
+    <t>(414) 906-0144</t>
+  </si>
+  <si>
+    <t>(414) 963-1231</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Lovang</t>
+  </si>
+  <si>
+    <t>522617</t>
+  </si>
+  <si>
+    <t>CONCERTO WISCONSIN</t>
+  </si>
+  <si>
+    <t>13905 W BURLEIGH RD</t>
+  </si>
+  <si>
+    <t>53005</t>
+  </si>
+  <si>
+    <t>(414) 354-3300</t>
+  </si>
+  <si>
+    <t>(847) 233-1302</t>
+  </si>
+  <si>
+    <t>Kagan</t>
+  </si>
+  <si>
+    <t>CONCERTO HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>522620</t>
+  </si>
+  <si>
+    <t>TRI STATE DIALYSIS</t>
+  </si>
+  <si>
+    <t>190 N ORANGE ST  SUITE 1</t>
+  </si>
+  <si>
+    <t>RICHLAND CENTER</t>
+  </si>
+  <si>
+    <t>53581</t>
+  </si>
+  <si>
+    <t>RICHLAND</t>
+  </si>
+  <si>
+    <t>(608) 383-7020</t>
+  </si>
+  <si>
+    <t>(608) 649-5483</t>
+  </si>
+  <si>
+    <t>Kate</t>
+  </si>
+  <si>
+    <t>Kern</t>
+  </si>
+  <si>
+    <t>JWDR DIALYSIS</t>
+  </si>
+  <si>
+    <t>522619</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST NEPHROLOGY ASSOCIATES BURLINGTON</t>
+  </si>
+  <si>
+    <t>2049 LYNCH WAY</t>
+  </si>
+  <si>
+    <t>BURLINGTON</t>
+  </si>
+  <si>
+    <t>53105</t>
+  </si>
+  <si>
+    <t>(262) 757-7790</t>
+  </si>
+  <si>
+    <t>(262) 763-2290</t>
+  </si>
+  <si>
+    <t>522618</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE GREENFIELD</t>
+  </si>
+  <si>
+    <t>5125 W MORGAN AVE</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>53220</t>
+  </si>
+  <si>
+    <t>(414) 290-8236</t>
+  </si>
+  <si>
+    <t>522621</t>
+  </si>
+  <si>
+    <t>ALLOUEZ DIALYSIS</t>
+  </si>
+  <si>
+    <t>161 W ST JOSEPH ST</t>
+  </si>
+  <si>
+    <t>ALLOUEZ</t>
+  </si>
+  <si>
+    <t>(920) 932-6441</t>
+  </si>
+  <si>
+    <t>(920) 932-6465</t>
+  </si>
+  <si>
+    <t>522622</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE LOMBARDI</t>
+  </si>
+  <si>
+    <t>2240 HOLMGREN WAY</t>
+  </si>
+  <si>
+    <t>54304</t>
+  </si>
+  <si>
+    <t>(920) 307-7320</t>
+  </si>
+  <si>
+    <t>(920) 245-7127</t>
+  </si>
+  <si>
+    <t>522628</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE APPLETON AVENUE HOME</t>
+  </si>
+  <si>
+    <t>7795 W APPLETON AVE  SUITE A</t>
+  </si>
+  <si>
+    <t>(224) 651-3151</t>
+  </si>
+  <si>
+    <t>(414) 567-1507</t>
+  </si>
+  <si>
+    <t>522629</t>
+  </si>
+  <si>
+    <t>MILWAUKEE HOME TRAINING</t>
+  </si>
+  <si>
+    <t>3658 S 27TH ST</t>
+  </si>
+  <si>
+    <t>53221</t>
+  </si>
+  <si>
+    <t>(414) 391-9322</t>
+  </si>
+  <si>
+    <t>(414) 210-3510</t>
+  </si>
+  <si>
+    <t>WHEELERS DEALERS LLC</t>
+  </si>
+  <si>
+    <t>522521</t>
+  </si>
+  <si>
+    <t>MUKWONAGO DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>400 BAYVIEW RD  SUITE F</t>
+  </si>
+  <si>
+    <t>MUKWONAGO</t>
+  </si>
+  <si>
+    <t>53149</t>
+  </si>
+  <si>
+    <t>(262) 363-3561</t>
+  </si>
+  <si>
+    <t>(262) 363-1928</t>
+  </si>
+  <si>
+    <t>Singsime</t>
+  </si>
+  <si>
+    <t>522335</t>
+  </si>
+  <si>
+    <t>FROEDTERT SOUTH ESRD</t>
+  </si>
+  <si>
+    <t>9555 76TH ST</t>
+  </si>
+  <si>
+    <t>PLEASANT PRAIRIE</t>
+  </si>
+  <si>
+    <t>53158</t>
+  </si>
+  <si>
+    <t>(262) 577-8791</t>
+  </si>
+  <si>
+    <t>(262) 577-8114</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Wohlgemuth</t>
+  </si>
+  <si>
+    <t>FROEDTERT SOUTH INC</t>
+  </si>
+  <si>
+    <t>522589</t>
+  </si>
+  <si>
+    <t>WISCONSIN RAPIDS DIALYSIS</t>
+  </si>
+  <si>
+    <t>1041B HILL ST</t>
+  </si>
+  <si>
+    <t>WISCONSIN RAPIDS</t>
+  </si>
+  <si>
+    <t>54494</t>
+  </si>
+  <si>
+    <t>WOOD</t>
+  </si>
+  <si>
+    <t>(715) 800-2420</t>
+  </si>
+  <si>
+    <t>(715) 422-0555</t>
+  </si>
+  <si>
+    <t>Jolene</t>
+  </si>
+  <si>
+    <t>Choszczyk</t>
+  </si>
+  <si>
+    <t>522539</t>
+  </si>
+  <si>
+    <t>FMC CHEQUAMEGON BAY</t>
+  </si>
+  <si>
+    <t>1815 BEASER AVE</t>
+  </si>
+  <si>
+    <t>ASHLAND</t>
+  </si>
+  <si>
+    <t>54806</t>
+  </si>
+  <si>
+    <t>(715) 682-4333</t>
+  </si>
+  <si>
+    <t>(715) 682-4389</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Vanderport</t>
+  </si>
+  <si>
+    <t>522503</t>
+  </si>
+  <si>
+    <t>JANESVILLE DIALYSIS</t>
+  </si>
+  <si>
+    <t>1305 WOODMAN RD</t>
+  </si>
+  <si>
+    <t>(608) 741-4181</t>
+  </si>
+  <si>
+    <t>(608) 741-2369</t>
+  </si>
+  <si>
+    <t>DVA RENAL HEALTHCARE INC</t>
+  </si>
+  <si>
+    <t>522319</t>
+  </si>
+  <si>
+    <t>CHILDRENS HOSPITAL OF WI DIALYSIS</t>
+  </si>
+  <si>
+    <t>8915 W CONNELL COURT</t>
+  </si>
+  <si>
+    <t>(414) 266-2840</t>
+  </si>
+  <si>
+    <t>(414) 266-3421</t>
+  </si>
+  <si>
+    <t>Neibauer</t>
+  </si>
+  <si>
+    <t>CHILDRENS HOSPITAL OF WISCONSIN INC</t>
+  </si>
+  <si>
+    <t>522552</t>
+  </si>
+  <si>
+    <t>GREEN BAY DIALYSIS</t>
+  </si>
+  <si>
+    <t>1751 DECKNER AVE</t>
+  </si>
+  <si>
+    <t>54302</t>
+  </si>
+  <si>
+    <t>(920) 465-0430</t>
+  </si>
+  <si>
+    <t>(920) 465-1311</t>
+  </si>
+  <si>
+    <t>522534</t>
+  </si>
+  <si>
+    <t>TRI STATE DIALYSIS PLATTEVILLE</t>
+  </si>
+  <si>
+    <t>5 INSIGHT DRIVE</t>
+  </si>
+  <si>
+    <t>PLATTEVILLE</t>
+  </si>
+  <si>
+    <t>53818</t>
+  </si>
+  <si>
+    <t>GRANT</t>
+  </si>
+  <si>
+    <t>(608) 348-5064</t>
+  </si>
+  <si>
+    <t>(608) 348-7950</t>
+  </si>
+  <si>
+    <t>Preston</t>
+  </si>
+  <si>
+    <t>Kopp</t>
+  </si>
+  <si>
+    <t>522594</t>
+  </si>
+  <si>
+    <t>FMC MANITOWOC</t>
+  </si>
+  <si>
+    <t>3711 DEWEY ST</t>
+  </si>
+  <si>
+    <t>54221</t>
+  </si>
+  <si>
+    <t>(920) 686-1120</t>
+  </si>
+  <si>
+    <t>(920) 686-1251</t>
+  </si>
+  <si>
+    <t>522507</t>
+  </si>
+  <si>
+    <t>LOOMIS ROAD DIALYSIS</t>
+  </si>
+  <si>
+    <t>4120 W LOOMIS RD</t>
+  </si>
+  <si>
+    <t>(414) 761-4920</t>
+  </si>
+  <si>
+    <t>(414) 761-4926</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>522535</t>
+  </si>
+  <si>
+    <t>SPRING CITY DIALYSIS</t>
+  </si>
+  <si>
+    <t>1260 SENTRY DR</t>
+  </si>
+  <si>
+    <t>53186</t>
+  </si>
+  <si>
+    <t>(262) 446-5100</t>
+  </si>
+  <si>
+    <t>(262) 446-5199</t>
+  </si>
+  <si>
+    <t>522502</t>
+  </si>
+  <si>
+    <t>WISCONSIN AVENUE DIALYSIS</t>
+  </si>
+  <si>
+    <t>3801 W WISCONSIN AVE</t>
+  </si>
+  <si>
+    <t>53208</t>
+  </si>
+  <si>
+    <t>(414) 937-8240</t>
+  </si>
+  <si>
+    <t>(414) 937-8248</t>
+  </si>
+  <si>
+    <t>Cassandra</t>
+  </si>
+  <si>
+    <t>Robbert</t>
+  </si>
+  <si>
+    <t>522527</t>
+  </si>
+  <si>
+    <t>SHEBOYGAN DIALSIS</t>
+  </si>
+  <si>
+    <t>1338 TAYLOR DRIVE</t>
+  </si>
+  <si>
+    <t>SHEBOYGAN</t>
+  </si>
+  <si>
+    <t>53081</t>
+  </si>
+  <si>
+    <t>(920) 458-1724</t>
+  </si>
+  <si>
+    <t>(920) 459-1175</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>Roloff</t>
+  </si>
+  <si>
+    <t>522526</t>
+  </si>
+  <si>
+    <t>FOND DU LAC DIALYSIS</t>
+  </si>
+  <si>
+    <t>210 WISCONSIN AMERICAN DRIVE</t>
+  </si>
+  <si>
+    <t>54937</t>
+  </si>
+  <si>
+    <t>(920) 907-0689</t>
+  </si>
+  <si>
+    <t>(920) 907-7122</t>
+  </si>
+  <si>
+    <t>Brittany</t>
+  </si>
+  <si>
+    <t>Warner</t>
+  </si>
+  <si>
     <t>522311</t>
   </si>
   <si>
     <t>MAYO CLINIC DIALYSIS EAU CLAIRE</t>
   </si>
   <si>
     <t>1221 WHIPPLE ST</t>
   </si>
   <si>
+    <t>EAU CLAIRE</t>
+  </si>
+  <si>
     <t>54703</t>
   </si>
   <si>
     <t>(715) 838-3171</t>
   </si>
   <si>
     <t>(715) 838-3795</t>
   </si>
   <si>
-    <t>523529</t>
-[...770 lines deleted...]
-    <t>WHEELERS DEALERS LLC</t>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Padjen</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC HEALTH SYSTEM NORTHWEST WI REGION INC</t>
+  </si>
+  <si>
+    <t>522591</t>
+  </si>
+  <si>
+    <t>RHINELANDER DIALYSIS</t>
+  </si>
+  <si>
+    <t>1306 LINCOLN ST</t>
+  </si>
+  <si>
+    <t>RHINELANDER</t>
+  </si>
+  <si>
+    <t>54501</t>
+  </si>
+  <si>
+    <t>ONEIDA</t>
+  </si>
+  <si>
+    <t>(715) 362-3718</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Borowski</t>
+  </si>
+  <si>
+    <t>522603</t>
+  </si>
+  <si>
+    <t>FMC BARABOO</t>
+  </si>
+  <si>
+    <t>1600 JEFFERSON ST  SUITE 200</t>
+  </si>
+  <si>
+    <t>BARABOO</t>
+  </si>
+  <si>
+    <t>53913</t>
+  </si>
+  <si>
+    <t>SAUK</t>
+  </si>
+  <si>
+    <t>(608) 355-1860</t>
+  </si>
+  <si>
+    <t>(608) 355-1870</t>
+  </si>
+  <si>
+    <t>Melissa</t>
+  </si>
+  <si>
+    <t>Vannatta</t>
+  </si>
+  <si>
+    <t>523506</t>
+  </si>
+  <si>
+    <t>SSM HEALTH DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>305 CAMELOT DRIVE</t>
+  </si>
+  <si>
+    <t>54935</t>
+  </si>
+  <si>
+    <t>(920) 926-8394</t>
+  </si>
+  <si>
+    <t>(920) 923-2331</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>Hopp</t>
+  </si>
+  <si>
+    <t>WAUPUN MEMORIAL HOSPITAL INC</t>
+  </si>
+  <si>
+    <t>522510</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE WRCG MILWAUKEE</t>
+  </si>
+  <si>
+    <t>161 W WISCONSIN ST  SUITE 1100</t>
+  </si>
+  <si>
+    <t>53203</t>
+  </si>
+  <si>
+    <t>(414) 224-7666</t>
+  </si>
+  <si>
+    <t>(414) 265-5701</t>
+  </si>
+  <si>
+    <t>Lavetta</t>
+  </si>
+  <si>
+    <t>Arrington</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>522509</t>
+  </si>
+  <si>
+    <t>RIVER CENTER DIALYSIS</t>
+  </si>
+  <si>
+    <t>117 N JEFFERSON ST</t>
+  </si>
+  <si>
+    <t>(414) 748-9316</t>
+  </si>
+  <si>
+    <t>(414) 225-3744</t>
+  </si>
+  <si>
+    <t>522529</t>
+  </si>
+  <si>
+    <t>CEDARBURG DIALYSIS</t>
+  </si>
+  <si>
+    <t>N54 W6135 MILL ST</t>
+  </si>
+  <si>
+    <t>(262) 376-8011</t>
+  </si>
+  <si>
+    <t>(262) 376-9369</t>
+  </si>
+  <si>
+    <t>Modschiedler</t>
+  </si>
+  <si>
+    <t>522545</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE OSHKOSH</t>
+  </si>
+  <si>
+    <t>2678 OMRO ROAD</t>
+  </si>
+  <si>
+    <t>54904</t>
+  </si>
+  <si>
+    <t>(920) 891-7910</t>
+  </si>
+  <si>
+    <t>(920) 223-4976</t>
+  </si>
+  <si>
+    <t>Nina</t>
+  </si>
+  <si>
+    <t>Locasio</t>
+  </si>
+  <si>
+    <t>522586</t>
+  </si>
+  <si>
+    <t>NORHTERN STAR DIALYSIS</t>
+  </si>
+  <si>
+    <t>311 ELM ST</t>
+  </si>
+  <si>
+    <t>WOODRUFF</t>
+  </si>
+  <si>
+    <t>54568</t>
+  </si>
+  <si>
+    <t>(715) 356-0132</t>
+  </si>
+  <si>
+    <t>(715) 356-6392</t>
+  </si>
+  <si>
+    <t>523500</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS PDC</t>
+  </si>
+  <si>
+    <t>610 E TAYLOR ST</t>
+  </si>
+  <si>
+    <t>PRAIRIE DU CHIEN</t>
+  </si>
+  <si>
+    <t>53821</t>
+  </si>
+  <si>
+    <t>CRAWFORD</t>
+  </si>
+  <si>
+    <t>(608) 326-3325</t>
+  </si>
+  <si>
+    <t>(608) 326-0460</t>
+  </si>
+  <si>
+    <t>522623</t>
+  </si>
+  <si>
+    <t>RICE LAKE DIALYSIS</t>
+  </si>
+  <si>
+    <t>1700 W STOUT ST</t>
+  </si>
+  <si>
+    <t>RICE LAKE</t>
+  </si>
+  <si>
+    <t>54868</t>
+  </si>
+  <si>
+    <t>BARRON</t>
+  </si>
+  <si>
+    <t>(715) 236-6159</t>
+  </si>
+  <si>
+    <t>(715) 234-1690</t>
+  </si>
+  <si>
+    <t>Deanna</t>
+  </si>
+  <si>
+    <t>North</t>
+  </si>
+  <si>
+    <t>522313</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS LA CROSSE</t>
+  </si>
+  <si>
+    <t>1910 SOUTH AVE, HERITAGE BUILDING 2 WEST</t>
+  </si>
+  <si>
+    <t>54601</t>
+  </si>
+  <si>
+    <t>(608) 775-3176</t>
+  </si>
+  <si>
+    <t>(608) 775-5451</t>
+  </si>
+  <si>
+    <t>523505</t>
+  </si>
+  <si>
+    <t>GUNDERSEN LUTHERAN RENAL DIALYSIS TOMAH</t>
+  </si>
+  <si>
+    <t>505 GOPHER DR  SUITE B</t>
+  </si>
+  <si>
+    <t>TOMAH</t>
+  </si>
+  <si>
+    <t>54660</t>
+  </si>
+  <si>
+    <t>(608) 374-0280</t>
+  </si>
+  <si>
+    <t>(608) 374-0284</t>
+  </si>
+  <si>
+    <t>523515</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS BARRON</t>
+  </si>
+  <si>
+    <t>1222 WOODLAND AVE</t>
+  </si>
+  <si>
+    <t>54812</t>
+  </si>
+  <si>
+    <t>(715) 537-1345</t>
+  </si>
+  <si>
+    <t>(715) 537-9275</t>
+  </si>
+  <si>
+    <t>522331</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS MENOMONIE</t>
+  </si>
+  <si>
+    <t>407 21ST SE</t>
+  </si>
+  <si>
+    <t>MENOMONIE</t>
+  </si>
+  <si>
+    <t>54751</t>
+  </si>
+  <si>
+    <t>DUNN</t>
+  </si>
+  <si>
+    <t>(715) 232-7272</t>
+  </si>
+  <si>
+    <t>(715) 233-7647</t>
+  </si>
+  <si>
+    <t>522523</t>
+  </si>
+  <si>
+    <t>MENOMONEE FALLS DIALYSIS</t>
+  </si>
+  <si>
+    <t>N87 W17301 MAIN ST</t>
+  </si>
+  <si>
+    <t>MENOMONEE FALLS</t>
+  </si>
+  <si>
+    <t>53051</t>
+  </si>
+  <si>
+    <t>(262) 253-9768</t>
+  </si>
+  <si>
+    <t>(262) 253-9870</t>
+  </si>
+  <si>
+    <t>522528</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST RYAN ROAD</t>
+  </si>
+  <si>
+    <t>9420 S 22ND ST</t>
+  </si>
+  <si>
+    <t>(414) 761-8080</t>
+  </si>
+  <si>
+    <t>(414) 761-8953</t>
+  </si>
+  <si>
+    <t>Boyette</t>
+  </si>
+  <si>
+    <t>522506</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST SOUTH</t>
+  </si>
+  <si>
+    <t>2600 W HOWARD AVE</t>
+  </si>
+  <si>
+    <t>(414) 281-2704</t>
+  </si>
+  <si>
+    <t>(414) 672-0046</t>
+  </si>
+  <si>
+    <t>Shanna</t>
+  </si>
+  <si>
+    <t>Chaparas</t>
+  </si>
+  <si>
+    <t>522328</t>
+  </si>
+  <si>
+    <t>MILE BLUFF DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>406 GATEWAY AVE</t>
+  </si>
+  <si>
+    <t>MAUSTON</t>
+  </si>
+  <si>
+    <t>53948</t>
+  </si>
+  <si>
+    <t>JUNEAU</t>
+  </si>
+  <si>
+    <t>(608) 847-1065</t>
+  </si>
+  <si>
+    <t>(608) 847-6017</t>
+  </si>
+  <si>
+    <t>Meier</t>
+  </si>
+  <si>
+    <t>MILE BLUFF MEDICAL CENTER INC</t>
+  </si>
+  <si>
+    <t>522538</t>
+  </si>
+  <si>
+    <t>FMC DIALYSIS SERVICES SUPERIOR</t>
+  </si>
+  <si>
+    <t>3500 TOWER AVE</t>
+  </si>
+  <si>
+    <t>SUPERIOR</t>
+  </si>
+  <si>
+    <t>54880</t>
+  </si>
+  <si>
+    <t>DOUGLAS</t>
+  </si>
+  <si>
+    <t>(715) 395-2199</t>
+  </si>
+  <si>
+    <t>(715) 395-2195</t>
+  </si>
+  <si>
+    <t>Kimberly</t>
+  </si>
+  <si>
+    <t>Bennett</t>
+  </si>
+  <si>
+    <t>522517</t>
+  </si>
+  <si>
+    <t>OCONOMOWOC DIALYSIS CTR</t>
+  </si>
+  <si>
+    <t>1253 CORPORATE CENTER DR</t>
+  </si>
+  <si>
+    <t>OCONOMOWOC</t>
+  </si>
+  <si>
+    <t>53066</t>
+  </si>
+  <si>
+    <t>(262) 560-0371</t>
+  </si>
+  <si>
+    <t>(262) 567-3821</t>
+  </si>
+  <si>
+    <t>Courtney</t>
+  </si>
+  <si>
+    <t>Bartolotta</t>
+  </si>
+  <si>
+    <t>522511</t>
+  </si>
+  <si>
+    <t>SHAWANO LAKE DIALYSIS</t>
+  </si>
+  <si>
+    <t>W7305 ELM AVE</t>
+  </si>
+  <si>
+    <t>(715) 526-4310</t>
+  </si>
+  <si>
+    <t>(715) 526-6010</t>
+  </si>
+  <si>
+    <t>Bonnie</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>522588</t>
+  </si>
+  <si>
+    <t>MARSHFIELD DIALYSIS</t>
+  </si>
+  <si>
+    <t>123 NORTHRIDGE ST</t>
+  </si>
+  <si>
+    <t>MARSHFIELD</t>
+  </si>
+  <si>
+    <t>54449</t>
+  </si>
+  <si>
+    <t>(715) 384-3478</t>
+  </si>
+  <si>
+    <t>(715) 387-7755</t>
+  </si>
+  <si>
+    <t>522583</t>
+  </si>
+  <si>
+    <t>HARBOR VIEW DIALYSIS</t>
+  </si>
+  <si>
+    <t>3113 WASHINGTON AVE</t>
+  </si>
+  <si>
+    <t>RACINE</t>
+  </si>
+  <si>
+    <t>53405</t>
+  </si>
+  <si>
+    <t>(262) 632-0120</t>
+  </si>
+  <si>
+    <t>(262) 637-1441</t>
+  </si>
+  <si>
+    <t>522624</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SHEBOYGAN</t>
+  </si>
+  <si>
+    <t>2925 SAEMANN AVE</t>
+  </si>
+  <si>
+    <t>(920) 459-4790</t>
+  </si>
+  <si>
+    <t>(920) 783-0766</t>
+  </si>
+  <si>
+    <t>522627</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE GREEN BAY</t>
+  </si>
+  <si>
+    <t>2670 MONROE RD  SUITE 160</t>
+  </si>
+  <si>
+    <t>DE PERE</t>
+  </si>
+  <si>
+    <t>54115</t>
+  </si>
+  <si>
+    <t>(920) 433-8448</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE GREEN BAY DIALYSIS LLC</t>
+  </si>
+  <si>
+    <t>522525</t>
+  </si>
+  <si>
+    <t>WATERTOWN DIALYSIS CENTER</t>
+  </si>
+  <si>
+    <t>1905 MARKET WAY</t>
+  </si>
+  <si>
+    <t>WATERTOWN</t>
+  </si>
+  <si>
+    <t>53094</t>
+  </si>
+  <si>
+    <t>(920) 262-1090</t>
+  </si>
+  <si>
+    <t>(920) 206-0688</t>
+  </si>
+  <si>
+    <t>522593</t>
+  </si>
+  <si>
+    <t>WAUSAU DIALYSIS</t>
+  </si>
+  <si>
+    <t>2600 STEWART AVE  SUITE 144</t>
+  </si>
+  <si>
+    <t>(715) 841-1708</t>
+  </si>
+  <si>
+    <t>(715) 845-6353</t>
+  </si>
+  <si>
+    <t>Redmond</t>
+  </si>
+  <si>
+    <t>522500</t>
+  </si>
+  <si>
+    <t>FMC NEENAH</t>
+  </si>
+  <si>
+    <t>300 N COMMERCIAL ST  SUITE 100</t>
+  </si>
+  <si>
+    <t>NEENAH</t>
+  </si>
+  <si>
+    <t>54956</t>
+  </si>
+  <si>
+    <t>(920) 725-7861</t>
+  </si>
+  <si>
+    <t>(920) 725-0208</t>
+  </si>
+  <si>
+    <t>Franzke</t>
+  </si>
+  <si>
+    <t>522546</t>
+  </si>
+  <si>
+    <t>FMC APPLETON</t>
+  </si>
+  <si>
+    <t>325 N BLUEMOUND DRIVE</t>
+  </si>
+  <si>
+    <t>GRAND CHUTE</t>
+  </si>
+  <si>
+    <t>54914</t>
+  </si>
+  <si>
+    <t>(920) 997-8600</t>
+  </si>
+  <si>
+    <t>(920) 997-8626</t>
+  </si>
+  <si>
+    <t>Shelly</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>522532</t>
+  </si>
+  <si>
+    <t>BROOKFIELD DIALYSIS</t>
+  </si>
+  <si>
+    <t>19395 W CAPITOL DR  BLDG C  SUITE 100</t>
+  </si>
+  <si>
+    <t>(262) 781-0273</t>
+  </si>
+  <si>
+    <t>(262) 781-0305</t>
+  </si>
+  <si>
+    <t>523519</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS ONALASKA</t>
+  </si>
+  <si>
+    <t>191 THEATER RD</t>
+  </si>
+  <si>
+    <t>(608) 392-5011</t>
+  </si>
+  <si>
+    <t>(608) 392-5797</t>
+  </si>
+  <si>
+    <t>Valerie</t>
+  </si>
+  <si>
+    <t>Traun</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC HOSPITAL  ROCHESTER</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>522329</t>
+  </si>
+  <si>
+    <t>MERCY HEALTH DIALYSIS</t>
+  </si>
+  <si>
+    <t>1000 MINERAL POINT AVE</t>
+  </si>
+  <si>
+    <t>53548</t>
+  </si>
+  <si>
+    <t>(608) 741-3814</t>
+  </si>
+  <si>
+    <t>(608) 741-3816</t>
+  </si>
+  <si>
+    <t>Jaime</t>
+  </si>
+  <si>
+    <t>MERCY HEALTH SYSTEM CORPORATION</t>
+  </si>
+  <si>
+    <t>522548</t>
+  </si>
+  <si>
+    <t>WEST APPLETON DIALYSIS</t>
+  </si>
+  <si>
+    <t>10130 W APPLETON AVE  SUITE 500</t>
+  </si>
+  <si>
+    <t>53225</t>
+  </si>
+  <si>
+    <t>(414) 393-0600</t>
+  </si>
+  <si>
+    <t>(414) 393-0910</t>
+  </si>
+  <si>
+    <t>Tyesha</t>
+  </si>
+  <si>
+    <t>Carr</t>
+  </si>
+  <si>
+    <t>522531</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE SHOREWOOD</t>
+  </si>
+  <si>
+    <t>377 W RIVER WOODS PARKWAY  SUITE 111</t>
+  </si>
+  <si>
+    <t>(414) 967-9321</t>
+  </si>
+  <si>
+    <t>(414) 967-9332</t>
+  </si>
+  <si>
+    <t>Kaur</t>
+  </si>
+  <si>
+    <t>Balwinder</t>
+  </si>
+  <si>
+    <t>522530</t>
+  </si>
+  <si>
+    <t>WISCONSIN RENAL CARE CENTRE POINT</t>
+  </si>
+  <si>
+    <t>1800 S 108TH ST</t>
+  </si>
+  <si>
+    <t>WEST ALLIS</t>
+  </si>
+  <si>
+    <t>53214</t>
+  </si>
+  <si>
+    <t>(414) 774-1244</t>
+  </si>
+  <si>
+    <t>(414) 774-8130</t>
+  </si>
+  <si>
+    <t>Kristy</t>
+  </si>
+  <si>
+    <t>Walker Treacy</t>
+  </si>
+  <si>
+    <t>522559</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE AMERICAN PARKWAY</t>
+  </si>
+  <si>
+    <t>4600 AMERICAN PKWY  SUITE 102</t>
+  </si>
+  <si>
+    <t>53718</t>
+  </si>
+  <si>
+    <t>(608) 243-3003</t>
+  </si>
+  <si>
+    <t>(608) 243-3005</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE MADISON  LLC</t>
+  </si>
+  <si>
+    <t>522584</t>
+  </si>
+  <si>
+    <t>WILLOW CREEK DIALYSIS</t>
+  </si>
+  <si>
+    <t>1139 WARWICK WAY</t>
+  </si>
+  <si>
+    <t>53406</t>
+  </si>
+  <si>
+    <t>(262) 884-2730</t>
+  </si>
+  <si>
+    <t>(262) 884-2802</t>
+  </si>
+  <si>
+    <t>Danielle</t>
+  </si>
+  <si>
+    <t>Pezall</t>
+  </si>
+  <si>
+    <t>522540</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST RACINE</t>
+  </si>
+  <si>
+    <t>5409 DURAND AVE</t>
+  </si>
+  <si>
+    <t>(262) 554-7481</t>
+  </si>
+  <si>
+    <t>(262) 598-8836</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Greivell</t>
+  </si>
+  <si>
+    <t>522551</t>
+  </si>
+  <si>
+    <t>MARINETTE DIALYSIS</t>
+  </si>
+  <si>
+    <t>2706 CAHILL ROAD  SUITE A</t>
+  </si>
+  <si>
+    <t>MARINETTE</t>
+  </si>
+  <si>
+    <t>54143</t>
+  </si>
+  <si>
+    <t>(715) 732-2372</t>
+  </si>
+  <si>
+    <t>(715) 732-2269</t>
+  </si>
+  <si>
+    <t>522554</t>
+  </si>
+  <si>
+    <t>BAY SHORE DIALYSIS</t>
+  </si>
+  <si>
+    <t>5650 N GREEN BAY AVE  SUITE 150</t>
+  </si>
+  <si>
+    <t>GLENDALE</t>
+  </si>
+  <si>
+    <t>(414) 351-1290</t>
+  </si>
+  <si>
+    <t>(414) 351-1244</t>
+  </si>
+  <si>
+    <t>Deejay</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>523522</t>
+  </si>
+  <si>
+    <t>MAYO CLINIC DIALYSIS LONDON RD</t>
+  </si>
+  <si>
+    <t>3845 LONDON RD</t>
+  </si>
+  <si>
+    <t>54701</t>
+  </si>
+  <si>
+    <t>(715) 838-3872</t>
+  </si>
+  <si>
+    <t>(715) 838-3883</t>
+  </si>
+  <si>
+    <t>522556</t>
+  </si>
+  <si>
+    <t>STURGEON BAY DIALYSIS</t>
+  </si>
+  <si>
+    <t>108 S 10TH AVE</t>
+  </si>
+  <si>
+    <t>STURGEON BAY</t>
+  </si>
+  <si>
+    <t>54235</t>
+  </si>
+  <si>
+    <t>DOOR</t>
+  </si>
+  <si>
+    <t>(920) 746-7955</t>
+  </si>
+  <si>
+    <t>(920) 746-7974</t>
+  </si>
+  <si>
+    <t>Alicia</t>
+  </si>
+  <si>
+    <t>Schmalz</t>
+  </si>
+  <si>
+    <t>522555</t>
+  </si>
+  <si>
+    <t>FRESENIUS KIDNEY CARE FITCHBURG</t>
+  </si>
+  <si>
+    <t>3034 FISH HATCHERY RD</t>
+  </si>
+  <si>
+    <t>FITCHBURG</t>
+  </si>
+  <si>
+    <t>(608) 733-3599</t>
+  </si>
+  <si>
+    <t>(608) 270-5602</t>
+  </si>
+  <si>
+    <t>Kendrick</t>
+  </si>
+  <si>
+    <t>Eggers</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>522542</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST GLENDALE</t>
+  </si>
+  <si>
+    <t>400 W ESTABROOK BLVD</t>
+  </si>
+  <si>
+    <t>(414) 332-9960</t>
+  </si>
+  <si>
+    <t>(414) 332-3487</t>
+  </si>
+  <si>
+    <t>Tania</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>522558</t>
+  </si>
+  <si>
+    <t>TITLETOWN DIALYSIS</t>
+  </si>
+  <si>
+    <t>120 SIEGLER ST</t>
+  </si>
+  <si>
+    <t>54303</t>
+  </si>
+  <si>
+    <t>(920) 327-2120</t>
+  </si>
+  <si>
+    <t>(920) 327-2150</t>
+  </si>
+  <si>
+    <t>522543</t>
+  </si>
+  <si>
+    <t>SOUTH RIDGE DIALYSIS</t>
+  </si>
+  <si>
+    <t>7740 W LAYTON AVE</t>
+  </si>
+  <si>
+    <t>(414) 281-1313</t>
+  </si>
+  <si>
+    <t>(414) 281-1722</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Macias</t>
+  </si>
+  <si>
+    <t>522544</t>
+  </si>
+  <si>
+    <t>FMC MIDWEST WEST BEND</t>
+  </si>
+  <si>
+    <t>2050 CONTINENTAL DR</t>
+  </si>
+  <si>
+    <t>WEST BEND</t>
+  </si>
+  <si>
+    <t>53095</t>
+  </si>
+  <si>
+    <t>(262) 306-2700</t>
+  </si>
+  <si>
+    <t>(262) 306-2704</t>
+  </si>
+  <si>
+    <t>523531</t>
+  </si>
+  <si>
+    <t>2100 KELLOM ROAD  UNIT A</t>
+  </si>
+  <si>
+    <t>BEAVER DAM</t>
+  </si>
+  <si>
+    <t>53916</t>
+  </si>
+  <si>
+    <t>DODGE</t>
+  </si>
+  <si>
+    <t>(920) 887-3376</t>
+  </si>
+  <si>
+    <t>(920) 887-3532</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="7">
     <numFmt numFmtId="0" formatCode="General"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="41" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="9" formatCode="0%"/>
     <numFmt numFmtId="82" formatCode="mm/dd/yyyy"/>
   </numFmts>
   <fonts count="5">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="0"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
@@ -3503,845 +3503,845 @@
       </c>
       <c r="X2" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" ht="30" customHeight="1">
       <c r="A3" s="23" t="s">
         <v>40</v>
       </c>
       <c r="B3" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C3" s="23" t="s">
         <v>41</v>
       </c>
       <c r="D3" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F3" s="23" t="s">
         <v>42</v>
       </c>
       <c r="G3" s="23" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="H3" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I3" s="23" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J3" s="23" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K3" s="23" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L3" s="23" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="M3" s="23" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="N3" s="23" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="O3" s="23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="P3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R3" s="25"/>
       <c r="S3" s="25"/>
       <c r="T3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U3" s="23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="V3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W3" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X3" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" ht="30" customHeight="1">
       <c r="A4" s="23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B4" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="23" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D4" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="23" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G4" s="23" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H4" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="23" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J4" s="23" t="s">
         <v>55</v>
       </c>
       <c r="K4" s="23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L4" s="23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M4" s="23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N4" s="23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O4" s="23" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="P4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R4" s="25"/>
       <c r="S4" s="25"/>
       <c r="T4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U4" s="23" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="V4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W4" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X4" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
       <c r="A5" s="23" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C5" s="23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D5" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G5" s="23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H5" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="23" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J5" s="23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K5" s="23" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="L5" s="23" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="M5" s="23" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="N5" s="23" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="O5" s="23" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="P5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R5" s="25"/>
       <c r="S5" s="25"/>
       <c r="T5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U5" s="23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W5" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X5" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="23" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D6" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F6" s="23" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G6" s="23" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H6" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J6" s="23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K6" s="23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="L6" s="23" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M6" s="23" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="N6" s="23" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="O6" s="23" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="P6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R6" s="25"/>
       <c r="S6" s="25"/>
       <c r="T6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U6" s="23" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="V6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W6" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X6" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7" ht="30" customHeight="1">
       <c r="A7" s="23" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="23" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D7" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F7" s="23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G7" s="23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H7" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J7" s="23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K7" s="23" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L7" s="23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M7" s="23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N7" s="23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O7" s="23" t="s">
-        <v>93</v>
+        <v>50</v>
       </c>
       <c r="P7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R7" s="25"/>
       <c r="S7" s="25"/>
       <c r="T7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U7" s="23" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="V7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W7" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X7" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="23" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B8" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D8" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F8" s="23" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G8" s="23" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="H8" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="23" t="s">
         <v>98</v>
       </c>
       <c r="J8" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" s="23" t="s">
         <v>99</v>
       </c>
-      <c r="K8" s="23" t="s">
+      <c r="L8" s="23" t="s">
         <v>100</v>
       </c>
-      <c r="L8" s="23" t="s">
+      <c r="M8" s="23" t="s">
         <v>101</v>
       </c>
-      <c r="M8" s="23" t="s">
+      <c r="N8" s="23" t="s">
         <v>102</v>
       </c>
-      <c r="N8" s="23" t="s">
+      <c r="O8" s="23" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="P8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R8" s="25"/>
       <c r="S8" s="25"/>
       <c r="T8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U8" s="23" t="s">
-        <v>72</v>
+        <v>104</v>
       </c>
       <c r="V8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W8" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X8" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" ht="30" customHeight="1">
       <c r="A9" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B9" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="23" t="s">
         <v>106</v>
       </c>
       <c r="D9" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="23" t="s">
         <v>107</v>
       </c>
       <c r="G9" s="23" t="s">
         <v>108</v>
       </c>
       <c r="H9" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="23" t="s">
         <v>109</v>
       </c>
       <c r="J9" s="23" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="K9" s="23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="L9" s="23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M9" s="23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="N9" s="23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O9" s="23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="P9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R9" s="25"/>
       <c r="S9" s="25"/>
       <c r="T9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U9" s="23" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="V9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W9" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X9" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" ht="30" customHeight="1">
       <c r="A10" s="23" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B10" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="23" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D10" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F10" s="23" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G10" s="23" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H10" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="23" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="J10" s="23" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="K10" s="23" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="L10" s="23" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="M10" s="23" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N10" s="23" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="O10" s="23" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="P10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U10" s="23" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="V10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W10" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X10" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" ht="30" customHeight="1">
       <c r="A11" s="23" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="23" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D11" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="23" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G11" s="23" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="H11" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J11" s="23" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="K11" s="23" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="L11" s="23" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M11" s="23" t="s">
-        <v>134</v>
+        <v>59</v>
       </c>
       <c r="N11" s="23" t="s">
         <v>135</v>
       </c>
       <c r="O11" s="23" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="P11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R11" s="25"/>
       <c r="S11" s="25"/>
       <c r="T11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U11" s="23" t="s">
         <v>136</v>
       </c>
       <c r="V11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W11" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X11" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" ht="30" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>137</v>
       </c>
       <c r="B12" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="23" t="s">
         <v>138</v>
       </c>
       <c r="D12" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F12" s="23" t="s">
         <v>139</v>
       </c>
       <c r="G12" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="23" t="s">
         <v>140</v>
       </c>
-      <c r="H12" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="23" t="s">
+      <c r="J12" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K12" s="23" t="s">
         <v>141</v>
       </c>
-      <c r="J12" s="23" t="s">
+      <c r="L12" s="23" t="s">
         <v>142</v>
       </c>
-      <c r="K12" s="23" t="s">
+      <c r="M12" s="23" t="s">
         <v>143</v>
       </c>
-      <c r="L12" s="23" t="s">
+      <c r="N12" s="23" t="s">
         <v>144</v>
       </c>
-      <c r="M12" s="23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" s="23" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="P12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R12" s="25"/>
       <c r="S12" s="25"/>
       <c r="T12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U12" s="23" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="V12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W12" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X12" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" ht="30" customHeight="1">
       <c r="A13" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B13" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D13" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E13" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F13" s="23" t="s">
         <v>148</v>
       </c>
-      <c r="B13" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="23" t="s">
+      <c r="G13" s="23" t="s">
         <v>149</v>
       </c>
-      <c r="D13" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="23" t="s">
+      <c r="H13" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I13" s="23" t="s">
         <v>150</v>
       </c>
-      <c r="G13" s="23" t="s">
-[...5 lines deleted...]
-      <c r="I13" s="23" t="s">
+      <c r="J13" s="23" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K13" s="23" t="s">
         <v>152</v>
       </c>
       <c r="L13" s="23" t="s">
         <v>153</v>
       </c>
       <c r="M13" s="23" t="s">
         <v>154</v>
       </c>
       <c r="N13" s="23" t="s">
         <v>155</v>
       </c>
       <c r="O13" s="23" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="P13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R13" s="25"/>
       <c r="S13" s="25"/>
       <c r="T13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U13" s="23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="V13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W13" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X13" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="14" ht="30" customHeight="1">
       <c r="A14" s="23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D14" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F14" s="23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G14" s="23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H14" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="23" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J14" s="23" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="K14" s="23" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L14" s="23" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M14" s="23" t="s">
-        <v>164</v>
+        <v>113</v>
       </c>
       <c r="N14" s="23" t="s">
-        <v>165</v>
+        <v>114</v>
       </c>
       <c r="O14" s="23" t="s">
-        <v>37</v>
+        <v>115</v>
       </c>
       <c r="P14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R14" s="25"/>
       <c r="S14" s="25"/>
       <c r="T14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U14" s="23" t="s">
         <v>166</v>
       </c>
       <c r="V14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W14" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X14" s="23" t="s">
         <v>39</v>
       </c>
     </row>
@@ -4349,433 +4349,433 @@
       <c r="A15" s="23" t="s">
         <v>167</v>
       </c>
       <c r="B15" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>168</v>
       </c>
       <c r="D15" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F15" s="23" t="s">
         <v>169</v>
       </c>
       <c r="G15" s="23" t="s">
         <v>170</v>
       </c>
       <c r="H15" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="23" t="s">
-        <v>43</v>
+        <v>171</v>
       </c>
       <c r="J15" s="23" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="K15" s="23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L15" s="23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M15" s="23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N15" s="23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="O15" s="23" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="P15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R15" s="25"/>
       <c r="S15" s="25"/>
       <c r="T15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U15" s="23" t="s">
-        <v>166</v>
+        <v>116</v>
       </c>
       <c r="V15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W15" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X15" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16" ht="30" customHeight="1">
       <c r="A16" s="23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D16" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F16" s="23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G16" s="23" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H16" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J16" s="23" t="s">
-        <v>30</v>
+        <v>181</v>
       </c>
       <c r="K16" s="23" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="L16" s="23" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="M16" s="23" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N16" s="23" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="O16" s="23" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="P16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R16" s="25"/>
       <c r="S16" s="25"/>
       <c r="T16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U16" s="23" t="s">
-        <v>184</v>
+        <v>51</v>
       </c>
       <c r="V16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W16" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X16" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17" ht="30" customHeight="1">
       <c r="A17" s="23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B17" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D17" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F17" s="23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G17" s="23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H17" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="23" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="J17" s="23" t="s">
-        <v>55</v>
+        <v>192</v>
       </c>
       <c r="K17" s="23" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="L17" s="23" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="M17" s="23" t="s">
-        <v>192</v>
+        <v>48</v>
       </c>
       <c r="N17" s="23" t="s">
-        <v>193</v>
+        <v>49</v>
       </c>
       <c r="O17" s="23" t="s">
-        <v>37</v>
+        <v>195</v>
       </c>
       <c r="P17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R17" s="25"/>
       <c r="S17" s="25"/>
       <c r="T17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U17" s="23" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="V17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W17" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X17" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" ht="30" customHeight="1">
       <c r="A18" s="23" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D18" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F18" s="23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="G18" s="23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H18" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="J18" s="23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="K18" s="23" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L18" s="23" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M18" s="23" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="N18" s="23" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="O18" s="23" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R18" s="25"/>
       <c r="S18" s="25"/>
       <c r="T18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U18" s="23" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="V18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W18" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X18" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="19" ht="30" customHeight="1">
       <c r="A19" s="23" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D19" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F19" s="23" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G19" s="23" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H19" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="23" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J19" s="23" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="K19" s="23" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="L19" s="23" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="M19" s="23" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="N19" s="23" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="O19" s="23" t="s">
-        <v>93</v>
+        <v>37</v>
       </c>
       <c r="P19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R19" s="25"/>
       <c r="S19" s="25"/>
       <c r="T19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U19" s="23" t="s">
-        <v>216</v>
+        <v>104</v>
       </c>
       <c r="V19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W19" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X19" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="20" ht="30" customHeight="1">
       <c r="A20" s="23" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D20" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F20" s="23" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G20" s="23" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H20" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="23" t="s">
+        <v>222</v>
+      </c>
+      <c r="J20" s="23" t="s">
         <v>221</v>
       </c>
-      <c r="J20" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K20" s="23" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="L20" s="23" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M20" s="23" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N20" s="23" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="O20" s="23" t="s">
-        <v>226</v>
+        <v>61</v>
       </c>
       <c r="P20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R20" s="25"/>
       <c r="S20" s="25"/>
       <c r="T20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U20" s="23" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="V20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W20" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X20" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" ht="30" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>227</v>
       </c>
       <c r="B21" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="23" t="s">
         <v>228</v>
       </c>
       <c r="D21" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E21" s="23" t="s">
@@ -4787,485 +4787,485 @@
       <c r="G21" s="23" t="s">
         <v>230</v>
       </c>
       <c r="H21" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="23" t="s">
         <v>231</v>
       </c>
       <c r="J21" s="23" t="s">
         <v>232</v>
       </c>
       <c r="K21" s="23" t="s">
         <v>233</v>
       </c>
       <c r="L21" s="23" t="s">
         <v>234</v>
       </c>
       <c r="M21" s="23" t="s">
         <v>235</v>
       </c>
       <c r="N21" s="23" t="s">
         <v>236</v>
       </c>
       <c r="O21" s="23" t="s">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="P21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R21" s="25"/>
       <c r="S21" s="25"/>
       <c r="T21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U21" s="23" t="s">
-        <v>238</v>
+        <v>51</v>
       </c>
       <c r="V21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W21" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X21" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="22" ht="30" customHeight="1">
       <c r="A22" s="23" t="s">
+        <v>237</v>
+      </c>
+      <c r="B22" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="23" t="s">
+        <v>238</v>
+      </c>
+      <c r="D22" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E22" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F22" s="23" t="s">
         <v>239</v>
       </c>
-      <c r="B22" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="23" t="s">
+      <c r="G22" s="23" t="s">
         <v>240</v>
       </c>
-      <c r="D22" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="23" t="s">
+      <c r="H22" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" s="23" t="s">
         <v>241</v>
       </c>
-      <c r="G22" s="23" t="s">
+      <c r="J22" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="K22" s="23" t="s">
         <v>242</v>
       </c>
-      <c r="H22" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="23" t="s">
+      <c r="L22" s="23" t="s">
         <v>243</v>
       </c>
-      <c r="J22" s="23" t="s">
+      <c r="M22" s="23" t="s">
         <v>244</v>
       </c>
-      <c r="K22" s="23" t="s">
+      <c r="N22" s="23" t="s">
         <v>245</v>
       </c>
-      <c r="L22" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O22" s="23" t="s">
-        <v>249</v>
+        <v>127</v>
       </c>
       <c r="P22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R22" s="25"/>
       <c r="S22" s="25"/>
       <c r="T22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U22" s="23" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="V22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W22" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X22" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" ht="30" customHeight="1">
       <c r="A23" s="23" t="s">
+        <v>246</v>
+      </c>
+      <c r="B23" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D23" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E23" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F23" s="23" t="s">
+        <v>248</v>
+      </c>
+      <c r="G23" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="H23" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="23" t="s">
         <v>250</v>
       </c>
-      <c r="B23" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="23" t="s">
+      <c r="J23" s="23" t="s">
+        <v>249</v>
+      </c>
+      <c r="K23" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="D23" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="23" t="s">
+      <c r="L23" s="23" t="s">
         <v>252</v>
       </c>
-      <c r="G23" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K23" s="23" t="s">
+      <c r="M23" s="23" t="s">
+        <v>225</v>
+      </c>
+      <c r="N23" s="23" t="s">
         <v>253</v>
       </c>
-      <c r="L23" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O23" s="23" t="s">
-        <v>257</v>
+        <v>186</v>
       </c>
       <c r="P23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R23" s="25"/>
       <c r="S23" s="25"/>
       <c r="T23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U23" s="23" t="s">
-        <v>38</v>
+        <v>73</v>
       </c>
       <c r="V23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W23" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X23" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="24" ht="30" customHeight="1">
       <c r="A24" s="23" t="s">
+        <v>254</v>
+      </c>
+      <c r="B24" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="23" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F24" s="23" t="s">
+        <v>256</v>
+      </c>
+      <c r="G24" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H24" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="J24" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K24" s="23" t="s">
         <v>258</v>
       </c>
-      <c r="B24" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="23" t="s">
+      <c r="L24" s="23" t="s">
         <v>259</v>
       </c>
-      <c r="D24" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="23" t="s">
+      <c r="M24" s="23" t="s">
         <v>260</v>
       </c>
-      <c r="G24" s="23" t="s">
+      <c r="N24" s="23" t="s">
         <v>261</v>
       </c>
-      <c r="H24" s="23" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O24" s="23" t="s">
-        <v>257</v>
+        <v>127</v>
       </c>
       <c r="P24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R24" s="25"/>
       <c r="S24" s="25"/>
       <c r="T24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U24" s="23" t="s">
-        <v>49</v>
+        <v>262</v>
       </c>
       <c r="V24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W24" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X24" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="25" ht="30" customHeight="1">
       <c r="A25" s="23" t="s">
+        <v>263</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="23" t="s">
+        <v>264</v>
+      </c>
+      <c r="D25" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F25" s="23" t="s">
+        <v>265</v>
+      </c>
+      <c r="G25" s="23" t="s">
+        <v>266</v>
+      </c>
+      <c r="H25" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="23" t="s">
         <v>267</v>
       </c>
-      <c r="B25" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="23" t="s">
+      <c r="J25" s="23" t="s">
         <v>268</v>
       </c>
-      <c r="D25" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="23" t="s">
+      <c r="K25" s="23" t="s">
         <v>269</v>
       </c>
-      <c r="G25" s="23" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="23" t="s">
+      <c r="L25" s="23" t="s">
         <v>270</v>
       </c>
-      <c r="J25" s="23" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="23" t="s">
+      <c r="M25" s="23" t="s">
         <v>271</v>
       </c>
-      <c r="L25" s="23" t="s">
+      <c r="N25" s="23" t="s">
         <v>272</v>
       </c>
-      <c r="M25" s="23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O25" s="23" t="s">
-        <v>257</v>
+        <v>127</v>
       </c>
       <c r="P25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R25" s="25"/>
       <c r="S25" s="25"/>
       <c r="T25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U25" s="23" t="s">
-        <v>156</v>
+        <v>73</v>
       </c>
       <c r="V25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W25" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X25" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="26" ht="30" customHeight="1">
       <c r="A26" s="23" t="s">
+        <v>273</v>
+      </c>
+      <c r="B26" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" s="23" t="s">
+        <v>274</v>
+      </c>
+      <c r="D26" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F26" s="23" t="s">
         <v>275</v>
       </c>
-      <c r="B26" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="23" t="s">
+      <c r="G26" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H26" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="23" t="s">
         <v>276</v>
       </c>
-      <c r="D26" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="23" t="s">
+      <c r="J26" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K26" s="23" t="s">
         <v>277</v>
       </c>
-      <c r="G26" s="23" t="s">
-[...5 lines deleted...]
-      <c r="I26" s="23" t="s">
+      <c r="L26" s="23" t="s">
         <v>278</v>
       </c>
-      <c r="J26" s="23" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="23" t="s">
+      <c r="M26" s="23" t="s">
         <v>279</v>
       </c>
-      <c r="L26" s="23" t="s">
+      <c r="N26" s="23" t="s">
         <v>280</v>
       </c>
-      <c r="M26" s="23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O26" s="23" t="s">
-        <v>226</v>
+        <v>61</v>
       </c>
       <c r="P26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R26" s="25"/>
       <c r="S26" s="25"/>
       <c r="T26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U26" s="23" t="s">
-        <v>38</v>
+        <v>281</v>
       </c>
       <c r="V26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W26" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X26" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="27" ht="30" customHeight="1">
       <c r="A27" s="23" t="s">
+        <v>282</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C27" s="23" t="s">
         <v>283</v>
       </c>
-      <c r="B27" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="23" t="s">
+      <c r="D27" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E27" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F27" s="23" t="s">
         <v>284</v>
       </c>
-      <c r="D27" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="23" t="s">
+      <c r="G27" s="23" t="s">
         <v>285</v>
       </c>
-      <c r="G27" s="23" t="s">
+      <c r="H27" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" s="23" t="s">
         <v>286</v>
       </c>
-      <c r="H27" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I27" s="23" t="s">
+      <c r="J27" s="23" t="s">
         <v>287</v>
       </c>
-      <c r="J27" s="23" t="s">
+      <c r="K27" s="23" t="s">
         <v>288</v>
       </c>
-      <c r="K27" s="23" t="s">
+      <c r="L27" s="23" t="s">
         <v>289</v>
       </c>
-      <c r="L27" s="23" t="s">
+      <c r="M27" s="23" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="N27" s="23" t="s">
         <v>291</v>
       </c>
       <c r="O27" s="23" t="s">
-        <v>226</v>
+        <v>156</v>
       </c>
       <c r="P27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R27" s="25"/>
       <c r="S27" s="25"/>
       <c r="T27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U27" s="23" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="V27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W27" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X27" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="28" ht="30" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>292</v>
       </c>
       <c r="B28" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="23" t="s">
         <v>293</v>
       </c>
       <c r="D28" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E28" s="23" t="s">
@@ -5277,6855 +5277,6855 @@
       <c r="G28" s="23" t="s">
         <v>295</v>
       </c>
       <c r="H28" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="23" t="s">
         <v>296</v>
       </c>
       <c r="J28" s="23" t="s">
         <v>297</v>
       </c>
       <c r="K28" s="23" t="s">
         <v>298</v>
       </c>
       <c r="L28" s="23" t="s">
         <v>299</v>
       </c>
       <c r="M28" s="23" t="s">
         <v>300</v>
       </c>
       <c r="N28" s="23" t="s">
         <v>301</v>
       </c>
       <c r="O28" s="23" t="s">
-        <v>48</v>
+        <v>302</v>
       </c>
       <c r="P28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R28" s="25"/>
       <c r="S28" s="25"/>
       <c r="T28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U28" s="23" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="V28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W28" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X28" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" ht="30" customHeight="1">
       <c r="A29" s="23" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B29" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D29" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F29" s="23" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G29" s="23" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H29" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="23" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J29" s="23" t="s">
-        <v>307</v>
+        <v>79</v>
       </c>
       <c r="K29" s="23" t="s">
         <v>308</v>
       </c>
       <c r="L29" s="23" t="s">
         <v>309</v>
       </c>
       <c r="M29" s="23" t="s">
         <v>310</v>
       </c>
       <c r="N29" s="23" t="s">
         <v>311</v>
       </c>
       <c r="O29" s="23" t="s">
-        <v>312</v>
+        <v>37</v>
       </c>
       <c r="P29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R29" s="25"/>
       <c r="S29" s="25"/>
       <c r="T29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U29" s="23" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="V29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W29" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X29" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" ht="30" customHeight="1">
       <c r="A30" s="23" t="s">
+        <v>312</v>
+      </c>
+      <c r="B30" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="23" t="s">
         <v>313</v>
       </c>
-      <c r="B30" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="23" t="s">
+      <c r="D30" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E30" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F30" s="23" t="s">
         <v>314</v>
       </c>
-      <c r="D30" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="23" t="s">
+      <c r="G30" s="23" t="s">
         <v>315</v>
       </c>
-      <c r="G30" s="23" t="s">
+      <c r="H30" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" s="23" t="s">
         <v>316</v>
       </c>
-      <c r="H30" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="23" t="s">
+      <c r="J30" s="23" t="s">
         <v>317</v>
       </c>
-      <c r="J30" s="23" t="s">
+      <c r="K30" s="23" t="s">
         <v>318</v>
       </c>
-      <c r="K30" s="23" t="s">
+      <c r="L30" s="23" t="s">
         <v>319</v>
       </c>
-      <c r="L30" s="23" t="s">
+      <c r="M30" s="23" t="s">
         <v>320</v>
       </c>
-      <c r="M30" s="23" t="s">
+      <c r="N30" s="23" t="s">
         <v>321</v>
       </c>
-      <c r="N30" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O30" s="23" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="P30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R30" s="25"/>
       <c r="S30" s="25"/>
       <c r="T30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U30" s="23" t="s">
-        <v>205</v>
+        <v>322</v>
       </c>
       <c r="V30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W30" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X30" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" ht="30" customHeight="1">
       <c r="A31" s="23" t="s">
         <v>323</v>
       </c>
       <c r="B31" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C31" s="23" t="s">
         <v>324</v>
       </c>
       <c r="D31" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F31" s="23" t="s">
         <v>325</v>
       </c>
       <c r="G31" s="23" t="s">
-        <v>232</v>
+        <v>79</v>
       </c>
       <c r="H31" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="23" t="s">
         <v>326</v>
       </c>
       <c r="J31" s="23" t="s">
-        <v>232</v>
+        <v>79</v>
       </c>
       <c r="K31" s="23" t="s">
         <v>327</v>
       </c>
       <c r="L31" s="23" t="s">
         <v>328</v>
       </c>
       <c r="M31" s="23" t="s">
-        <v>310</v>
+        <v>279</v>
       </c>
       <c r="N31" s="23" t="s">
-        <v>311</v>
+        <v>280</v>
       </c>
       <c r="O31" s="23" t="s">
-        <v>312</v>
+        <v>61</v>
       </c>
       <c r="P31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R31" s="25"/>
       <c r="S31" s="25"/>
       <c r="T31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U31" s="23" t="s">
-        <v>166</v>
+        <v>104</v>
       </c>
       <c r="V31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W31" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X31" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" ht="30" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>329</v>
       </c>
       <c r="B32" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="23" t="s">
         <v>330</v>
       </c>
       <c r="D32" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F32" s="23" t="s">
         <v>331</v>
       </c>
       <c r="G32" s="23" t="s">
         <v>332</v>
       </c>
       <c r="H32" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="23" t="s">
         <v>333</v>
       </c>
       <c r="J32" s="23" t="s">
         <v>334</v>
       </c>
       <c r="K32" s="23" t="s">
         <v>335</v>
       </c>
       <c r="L32" s="23" t="s">
         <v>336</v>
       </c>
       <c r="M32" s="23" t="s">
-        <v>310</v>
+        <v>337</v>
       </c>
       <c r="N32" s="23" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
       <c r="O32" s="23" t="s">
-        <v>312</v>
+        <v>127</v>
       </c>
       <c r="P32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R32" s="25"/>
       <c r="S32" s="25"/>
       <c r="T32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U32" s="23" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="V32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W32" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X32" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="33" ht="30" customHeight="1">
       <c r="A33" s="23" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B33" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D33" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F33" s="23" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="G33" s="23" t="s">
-        <v>318</v>
+        <v>343</v>
       </c>
       <c r="H33" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="23" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="J33" s="23" t="s">
-        <v>318</v>
+        <v>345</v>
       </c>
       <c r="K33" s="23" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="L33" s="23" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="M33" s="23" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="N33" s="23" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="O33" s="23" t="s">
-        <v>346</v>
+        <v>186</v>
       </c>
       <c r="P33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R33" s="25"/>
       <c r="S33" s="25"/>
       <c r="T33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U33" s="23" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="V33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W33" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X33" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="34" ht="30" customHeight="1">
       <c r="A34" s="23" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="B34" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D34" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="23" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="G34" s="23" t="s">
-        <v>350</v>
+        <v>221</v>
       </c>
       <c r="H34" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="23" t="s">
-        <v>351</v>
+        <v>222</v>
       </c>
       <c r="J34" s="23" t="s">
-        <v>352</v>
+        <v>221</v>
       </c>
       <c r="K34" s="23" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="L34" s="23" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M34" s="23" t="s">
-        <v>344</v>
+        <v>216</v>
       </c>
       <c r="N34" s="23" t="s">
-        <v>345</v>
+        <v>217</v>
       </c>
       <c r="O34" s="23" t="s">
-        <v>346</v>
+        <v>127</v>
       </c>
       <c r="P34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R34" s="25"/>
       <c r="S34" s="25"/>
       <c r="T34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U34" s="23" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="V34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W34" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X34" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" ht="30" customHeight="1">
       <c r="A35" s="23" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B35" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D35" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F35" s="23" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="G35" s="23" t="s">
-        <v>358</v>
+        <v>170</v>
       </c>
       <c r="H35" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="23" t="s">
-        <v>359</v>
+        <v>171</v>
       </c>
       <c r="J35" s="23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K35" s="23" t="s">
         <v>360</v>
       </c>
       <c r="L35" s="23" t="s">
         <v>361</v>
       </c>
       <c r="M35" s="23" t="s">
-        <v>58</v>
+        <v>337</v>
       </c>
       <c r="N35" s="23" t="s">
-        <v>59</v>
+        <v>338</v>
       </c>
       <c r="O35" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R35" s="25"/>
       <c r="S35" s="25"/>
       <c r="T35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U35" s="23" t="s">
-        <v>362</v>
+        <v>94</v>
       </c>
       <c r="V35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W35" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X35" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="36" ht="30" customHeight="1">
       <c r="A36" s="23" t="s">
+        <v>362</v>
+      </c>
+      <c r="B36" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C36" s="23" t="s">
         <v>363</v>
       </c>
-      <c r="B36" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="23" t="s">
+      <c r="D36" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E36" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" s="23" t="s">
         <v>364</v>
       </c>
-      <c r="D36" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F36" s="23" t="s">
+      <c r="G36" s="23" t="s">
         <v>365</v>
       </c>
-      <c r="G36" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H36" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="23" t="s">
-        <v>109</v>
+        <v>366</v>
       </c>
       <c r="J36" s="23" t="s">
-        <v>30</v>
+        <v>367</v>
       </c>
       <c r="K36" s="23" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L36" s="23" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M36" s="23" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="N36" s="23" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="O36" s="23" t="s">
-        <v>37</v>
+        <v>372</v>
       </c>
       <c r="P36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R36" s="25"/>
       <c r="S36" s="25"/>
       <c r="T36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U36" s="23" t="s">
-        <v>147</v>
+        <v>373</v>
       </c>
       <c r="V36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W36" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X36" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" ht="30" customHeight="1">
       <c r="A37" s="23" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B37" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D37" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F37" s="23" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="G37" s="23" t="s">
-        <v>30</v>
+        <v>377</v>
       </c>
       <c r="H37" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="23" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="J37" s="23" t="s">
-        <v>30</v>
+        <v>221</v>
       </c>
       <c r="K37" s="23" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="L37" s="23" t="s">
-        <v>375</v>
+        <v>243</v>
       </c>
       <c r="M37" s="23" t="s">
-        <v>376</v>
+        <v>225</v>
       </c>
       <c r="N37" s="23" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="O37" s="23" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="P37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R37" s="25"/>
       <c r="S37" s="25"/>
       <c r="T37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U37" s="23" t="s">
-        <v>378</v>
+        <v>339</v>
       </c>
       <c r="V37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W37" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X37" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" ht="30" customHeight="1">
       <c r="A38" s="23" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B38" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D38" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F38" s="23" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G38" s="23" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H38" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="23" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="J38" s="23" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="K38" s="23" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="L38" s="23" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="M38" s="23" t="s">
-        <v>102</v>
+        <v>389</v>
       </c>
       <c r="N38" s="23" t="s">
-        <v>248</v>
+        <v>390</v>
       </c>
       <c r="O38" s="23" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="P38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R38" s="25"/>
       <c r="S38" s="25"/>
       <c r="T38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U38" s="23" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="V38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W38" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X38" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" ht="30" customHeight="1">
       <c r="A39" s="23" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B39" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="D39" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F39" s="23" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="G39" s="23" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="H39" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="23" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="J39" s="23" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="K39" s="23" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="L39" s="23" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="M39" s="23" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N39" s="23" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="O39" s="23" t="s">
-        <v>71</v>
+        <v>186</v>
       </c>
       <c r="P39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R39" s="25"/>
       <c r="S39" s="25"/>
       <c r="T39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U39" s="23" t="s">
-        <v>126</v>
+        <v>401</v>
       </c>
       <c r="V39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W39" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X39" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" ht="30" customHeight="1">
       <c r="A40" s="23" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B40" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C40" s="23" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D40" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F40" s="23" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="G40" s="23" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H40" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="23" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J40" s="23" t="s">
-        <v>76</v>
+        <v>407</v>
       </c>
       <c r="K40" s="23" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="L40" s="23" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="M40" s="23" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="N40" s="23" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="O40" s="23" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="P40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R40" s="25"/>
       <c r="S40" s="25"/>
       <c r="T40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U40" s="23" t="s">
-        <v>362</v>
+        <v>51</v>
       </c>
       <c r="V40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W40" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X40" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="41" ht="30" customHeight="1">
       <c r="A41" s="23" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B41" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="D41" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F41" s="23" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="G41" s="23" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="H41" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J41" s="23" t="s">
-        <v>130</v>
+        <v>79</v>
       </c>
       <c r="K41" s="23" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="L41" s="23" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="M41" s="23" t="s">
-        <v>412</v>
+        <v>48</v>
       </c>
       <c r="N41" s="23" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="O41" s="23" t="s">
-        <v>414</v>
+        <v>37</v>
       </c>
       <c r="P41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R41" s="25"/>
       <c r="S41" s="25"/>
       <c r="T41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U41" s="23" t="s">
-        <v>362</v>
+        <v>104</v>
       </c>
       <c r="V41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W41" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X41" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="42" ht="30" customHeight="1">
       <c r="A42" s="23" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B42" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D42" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F42" s="23" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="G42" s="23" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="H42" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="23" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J42" s="23" t="s">
-        <v>420</v>
+        <v>151</v>
       </c>
       <c r="K42" s="23" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="L42" s="23" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="M42" s="23" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="N42" s="23" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="O42" s="23" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="P42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R42" s="25"/>
       <c r="S42" s="25"/>
       <c r="T42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U42" s="23" t="s">
-        <v>425</v>
+        <v>51</v>
       </c>
       <c r="V42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W42" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X42" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="43" ht="30" customHeight="1">
       <c r="A43" s="23" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B43" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D43" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F43" s="23" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="G43" s="23" t="s">
-        <v>160</v>
+        <v>430</v>
       </c>
       <c r="H43" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="23" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="J43" s="23" t="s">
-        <v>160</v>
+        <v>432</v>
       </c>
       <c r="K43" s="23" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="L43" s="23" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="M43" s="23" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="N43" s="23" t="s">
-        <v>225</v>
+        <v>36</v>
       </c>
       <c r="O43" s="23" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="P43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R43" s="25"/>
       <c r="S43" s="25"/>
       <c r="T43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U43" s="23" t="s">
-        <v>425</v>
+        <v>51</v>
       </c>
       <c r="V43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W43" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X43" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="44" ht="30" customHeight="1">
       <c r="A44" s="23" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="D44" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="23" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="G44" s="23" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H44" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="23" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="J44" s="23" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="K44" s="23" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="L44" s="23" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="M44" s="23" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="N44" s="23" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="O44" s="23" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="P44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R44" s="25"/>
       <c r="S44" s="25"/>
       <c r="T44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U44" s="23" t="s">
-        <v>205</v>
+        <v>51</v>
       </c>
       <c r="V44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W44" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X44" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="45" ht="30" customHeight="1">
       <c r="A45" s="23" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B45" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D45" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F45" s="23" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="G45" s="23" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="H45" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="23" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="J45" s="23" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="K45" s="23" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="L45" s="23" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="M45" s="23" t="s">
-        <v>192</v>
+        <v>453</v>
       </c>
       <c r="N45" s="23" t="s">
-        <v>193</v>
+        <v>454</v>
       </c>
       <c r="O45" s="23" t="s">
-        <v>449</v>
+        <v>156</v>
       </c>
       <c r="P45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R45" s="25"/>
       <c r="S45" s="25"/>
       <c r="T45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U45" s="23" t="s">
-        <v>450</v>
+        <v>94</v>
       </c>
       <c r="V45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W45" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X45" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="46" ht="30" customHeight="1">
       <c r="A46" s="23" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B46" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D46" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="23" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="G46" s="23" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="H46" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="23" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="J46" s="23" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="K46" s="23" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="L46" s="23" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="M46" s="23" t="s">
-        <v>405</v>
+        <v>463</v>
       </c>
       <c r="N46" s="23" t="s">
-        <v>406</v>
+        <v>464</v>
       </c>
       <c r="O46" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R46" s="25"/>
       <c r="S46" s="25"/>
       <c r="T46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U46" s="23" t="s">
-        <v>216</v>
+        <v>51</v>
       </c>
       <c r="V46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W46" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X46" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="47" ht="30" customHeight="1">
       <c r="A47" s="23" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B47" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="D47" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F47" s="23" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="G47" s="23" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="H47" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="23" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="J47" s="23" t="s">
-        <v>464</v>
+        <v>268</v>
       </c>
       <c r="K47" s="23" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="L47" s="23" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="M47" s="23" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="N47" s="23" t="s">
-        <v>467</v>
+        <v>144</v>
       </c>
       <c r="O47" s="23" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="P47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R47" s="25"/>
       <c r="S47" s="25"/>
       <c r="T47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U47" s="23" t="s">
-        <v>156</v>
+        <v>62</v>
       </c>
       <c r="V47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W47" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X47" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="48" ht="30" customHeight="1">
       <c r="A48" s="23" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="B48" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D48" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F48" s="23" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="G48" s="23" t="s">
-        <v>471</v>
+        <v>79</v>
       </c>
       <c r="H48" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="23" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="J48" s="23" t="s">
-        <v>211</v>
+        <v>79</v>
       </c>
       <c r="K48" s="23" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="L48" s="23" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="M48" s="23" t="s">
-        <v>202</v>
+        <v>59</v>
       </c>
       <c r="N48" s="23" t="s">
-        <v>475</v>
+        <v>135</v>
       </c>
       <c r="O48" s="23" t="s">
-        <v>71</v>
+        <v>156</v>
       </c>
       <c r="P48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R48" s="25"/>
       <c r="S48" s="25"/>
       <c r="T48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U48" s="23" t="s">
-        <v>166</v>
+        <v>478</v>
       </c>
       <c r="V48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W48" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X48" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="49" ht="30" customHeight="1">
       <c r="A49" s="23" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B49" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D49" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F49" s="23" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="G49" s="23" t="s">
-        <v>479</v>
+        <v>79</v>
       </c>
       <c r="H49" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="23" t="s">
-        <v>480</v>
+        <v>140</v>
       </c>
       <c r="J49" s="23" t="s">
-        <v>479</v>
+        <v>79</v>
       </c>
       <c r="K49" s="23" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="L49" s="23" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="M49" s="23" t="s">
-        <v>344</v>
+        <v>484</v>
       </c>
       <c r="N49" s="23" t="s">
-        <v>345</v>
+        <v>485</v>
       </c>
       <c r="O49" s="23" t="s">
-        <v>346</v>
+        <v>127</v>
       </c>
       <c r="P49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R49" s="25"/>
       <c r="S49" s="25"/>
       <c r="T49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U49" s="23" t="s">
-        <v>49</v>
+        <v>116</v>
       </c>
       <c r="V49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W49" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X49" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="50" ht="30" customHeight="1">
       <c r="A50" s="23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B50" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C50" s="23" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="D50" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F50" s="23" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="G50" s="23" t="s">
-        <v>486</v>
+        <v>421</v>
       </c>
       <c r="H50" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="23" t="s">
-        <v>487</v>
+        <v>422</v>
       </c>
       <c r="J50" s="23" t="s">
-        <v>488</v>
+        <v>151</v>
       </c>
       <c r="K50" s="23" t="s">
         <v>489</v>
       </c>
       <c r="L50" s="23" t="s">
         <v>490</v>
       </c>
       <c r="M50" s="23" t="s">
         <v>491</v>
       </c>
       <c r="N50" s="23" t="s">
         <v>492</v>
       </c>
       <c r="O50" s="23" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="P50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R50" s="25"/>
       <c r="S50" s="25"/>
       <c r="T50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U50" s="23" t="s">
-        <v>337</v>
+        <v>136</v>
       </c>
       <c r="V50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W50" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X50" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="51" ht="30" customHeight="1">
       <c r="A51" s="23" t="s">
         <v>493</v>
       </c>
       <c r="B51" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C51" s="23" t="s">
         <v>494</v>
       </c>
       <c r="D51" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F51" s="23" t="s">
         <v>495</v>
       </c>
       <c r="G51" s="23" t="s">
         <v>496</v>
       </c>
       <c r="H51" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="23" t="s">
         <v>497</v>
       </c>
       <c r="J51" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="K51" s="23" t="s">
         <v>498</v>
       </c>
-      <c r="K51" s="23" t="s">
+      <c r="L51" s="23" t="s">
         <v>499</v>
       </c>
-      <c r="L51" s="23" t="s">
+      <c r="M51" s="23" t="s">
         <v>500</v>
       </c>
-      <c r="M51" s="23" t="s">
+      <c r="N51" s="23" t="s">
         <v>501</v>
       </c>
-      <c r="N51" s="23" t="s">
+      <c r="O51" s="23" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="P51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R51" s="25"/>
       <c r="S51" s="25"/>
       <c r="T51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U51" s="23" t="s">
-        <v>504</v>
+        <v>62</v>
       </c>
       <c r="V51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W51" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X51" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="52" ht="30" customHeight="1">
       <c r="A52" s="23" t="s">
+        <v>503</v>
+      </c>
+      <c r="B52" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>504</v>
+      </c>
+      <c r="D52" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E52" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F52" s="23" t="s">
         <v>505</v>
       </c>
-      <c r="B52" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="23" t="s">
+      <c r="G52" s="23" t="s">
         <v>506</v>
       </c>
-      <c r="D52" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="23" t="s">
+      <c r="H52" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I52" s="23" t="s">
         <v>507</v>
       </c>
-      <c r="G52" s="23" t="s">
+      <c r="J52" s="23" t="s">
+        <v>386</v>
+      </c>
+      <c r="K52" s="23" t="s">
         <v>508</v>
       </c>
-      <c r="H52" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I52" s="23" t="s">
+      <c r="L52" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="M52" s="23" t="s">
         <v>509</v>
       </c>
-      <c r="J52" s="23" t="s">
-[...2 lines deleted...]
-      <c r="K52" s="23" t="s">
+      <c r="N52" s="23" t="s">
         <v>510</v>
       </c>
-      <c r="L52" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O52" s="23" t="s">
-        <v>414</v>
+        <v>156</v>
       </c>
       <c r="P52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R52" s="25"/>
       <c r="S52" s="25"/>
       <c r="T52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U52" s="23" t="s">
-        <v>425</v>
+        <v>62</v>
       </c>
       <c r="V52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W52" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X52" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="53" ht="30" customHeight="1">
       <c r="A53" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="B53" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C53" s="23" t="s">
         <v>512</v>
       </c>
-      <c r="B53" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="23" t="s">
+      <c r="D53" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E53" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F53" s="23" t="s">
         <v>513</v>
       </c>
-      <c r="D53" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F53" s="23" t="s">
+      <c r="G53" s="23" t="s">
         <v>514</v>
       </c>
-      <c r="G53" s="23" t="s">
+      <c r="H53" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I53" s="23" t="s">
         <v>515</v>
       </c>
-      <c r="H53" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="23" t="s">
+      <c r="J53" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="K53" s="23" t="s">
         <v>516</v>
       </c>
-      <c r="J53" s="23" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="23" t="s">
+      <c r="L53" s="23" t="s">
         <v>517</v>
       </c>
-      <c r="L53" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M53" s="23" t="s">
-        <v>519</v>
+        <v>425</v>
       </c>
       <c r="N53" s="23" t="s">
-        <v>520</v>
+        <v>426</v>
       </c>
       <c r="O53" s="23" t="s">
         <v>37</v>
       </c>
       <c r="P53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R53" s="25"/>
       <c r="S53" s="25"/>
       <c r="T53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U53" s="23" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="V53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W53" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X53" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="54" ht="30" customHeight="1">
       <c r="A54" s="23" t="s">
+        <v>518</v>
+      </c>
+      <c r="B54" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C54" s="23" t="s">
+        <v>519</v>
+      </c>
+      <c r="D54" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E54" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F54" s="23" t="s">
+        <v>520</v>
+      </c>
+      <c r="G54" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="H54" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="J54" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K54" s="23" t="s">
         <v>521</v>
       </c>
-      <c r="B54" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="23" t="s">
+      <c r="L54" s="23" t="s">
         <v>522</v>
       </c>
-      <c r="D54" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F54" s="23" t="s">
+      <c r="M54" s="23" t="s">
         <v>523</v>
       </c>
-      <c r="G54" s="23" t="s">
+      <c r="N54" s="23" t="s">
         <v>524</v>
       </c>
-      <c r="H54" s="23" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="O54" s="23" t="s">
-        <v>531</v>
+        <v>127</v>
       </c>
       <c r="P54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R54" s="25"/>
       <c r="S54" s="25"/>
       <c r="T54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U54" s="23" t="s">
-        <v>337</v>
+        <v>62</v>
       </c>
       <c r="V54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W54" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X54" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" ht="30" customHeight="1">
       <c r="A55" s="23" t="s">
+        <v>525</v>
+      </c>
+      <c r="B55" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C55" s="23" t="s">
+        <v>526</v>
+      </c>
+      <c r="D55" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E55" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F55" s="23" t="s">
+        <v>527</v>
+      </c>
+      <c r="G55" s="23" t="s">
+        <v>496</v>
+      </c>
+      <c r="H55" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I55" s="23" t="s">
+        <v>528</v>
+      </c>
+      <c r="J55" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="K55" s="23" t="s">
+        <v>529</v>
+      </c>
+      <c r="L55" s="23" t="s">
+        <v>530</v>
+      </c>
+      <c r="M55" s="23" t="s">
+        <v>59</v>
+      </c>
+      <c r="N55" s="23" t="s">
+        <v>531</v>
+      </c>
+      <c r="O55" s="23" t="s">
         <v>532</v>
-      </c>
-[...40 lines deleted...]
-        <v>114</v>
       </c>
       <c r="P55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R55" s="25"/>
       <c r="S55" s="25"/>
       <c r="T55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U55" s="23" t="s">
-        <v>205</v>
+        <v>339</v>
       </c>
       <c r="V55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W55" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X55" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="56" ht="30" customHeight="1">
       <c r="A56" s="23" t="s">
+        <v>533</v>
+      </c>
+      <c r="B56" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C56" s="23" t="s">
+        <v>534</v>
+      </c>
+      <c r="D56" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E56" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F56" s="23" t="s">
+        <v>535</v>
+      </c>
+      <c r="G56" s="23" t="s">
+        <v>536</v>
+      </c>
+      <c r="H56" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I56" s="23" t="s">
+        <v>537</v>
+      </c>
+      <c r="J56" s="23" t="s">
+        <v>538</v>
+      </c>
+      <c r="K56" s="23" t="s">
+        <v>539</v>
+      </c>
+      <c r="L56" s="23" t="s">
+        <v>540</v>
+      </c>
+      <c r="M56" s="23" t="s">
         <v>541</v>
       </c>
-      <c r="B56" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="23" t="s">
+      <c r="N56" s="23" t="s">
         <v>542</v>
       </c>
-      <c r="D56" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F56" s="23" t="s">
+      <c r="O56" s="23" t="s">
         <v>543</v>
-      </c>
-[...25 lines deleted...]
-        <v>549</v>
       </c>
       <c r="P56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R56" s="25"/>
       <c r="S56" s="25"/>
       <c r="T56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U56" s="23" t="s">
-        <v>38</v>
+        <v>339</v>
       </c>
       <c r="V56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W56" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X56" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="57" ht="30" customHeight="1">
       <c r="A57" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="B57" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C57" s="23" t="s">
+        <v>545</v>
+      </c>
+      <c r="D57" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E57" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F57" s="23" t="s">
+        <v>546</v>
+      </c>
+      <c r="G57" s="23" t="s">
+        <v>547</v>
+      </c>
+      <c r="H57" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I57" s="23" t="s">
+        <v>548</v>
+      </c>
+      <c r="J57" s="23" t="s">
+        <v>55</v>
+      </c>
+      <c r="K57" s="23" t="s">
+        <v>549</v>
+      </c>
+      <c r="L57" s="23" t="s">
         <v>550</v>
       </c>
-      <c r="B57" s="23" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M57" s="23" t="s">
-        <v>310</v>
+        <v>279</v>
       </c>
       <c r="N57" s="23" t="s">
-        <v>311</v>
+        <v>280</v>
       </c>
       <c r="O57" s="23" t="s">
-        <v>312</v>
+        <v>186</v>
       </c>
       <c r="P57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R57" s="25"/>
       <c r="S57" s="25"/>
       <c r="T57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U57" s="23" t="s">
-        <v>425</v>
+        <v>339</v>
       </c>
       <c r="V57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W57" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X57" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="58" ht="30" customHeight="1">
       <c r="A58" s="23" t="s">
+        <v>551</v>
+      </c>
+      <c r="B58" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C58" s="23" t="s">
+        <v>552</v>
+      </c>
+      <c r="D58" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E58" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F58" s="23" t="s">
+        <v>553</v>
+      </c>
+      <c r="G58" s="23" t="s">
+        <v>554</v>
+      </c>
+      <c r="H58" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I58" s="23" t="s">
         <v>555</v>
       </c>
-      <c r="B58" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="23" t="s">
+      <c r="J58" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K58" s="23" t="s">
         <v>556</v>
       </c>
-      <c r="D58" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="L58" s="23" t="s">
-        <v>559</v>
+        <v>243</v>
       </c>
       <c r="M58" s="23" t="s">
-        <v>560</v>
+        <v>279</v>
       </c>
       <c r="N58" s="23" t="s">
-        <v>561</v>
+        <v>280</v>
       </c>
       <c r="O58" s="23" t="s">
-        <v>531</v>
+        <v>61</v>
       </c>
       <c r="P58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R58" s="25"/>
       <c r="S58" s="25"/>
       <c r="T58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U58" s="23" t="s">
-        <v>72</v>
+        <v>339</v>
       </c>
       <c r="V58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W58" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X58" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" ht="30" customHeight="1">
       <c r="A59" s="23" t="s">
+        <v>557</v>
+      </c>
+      <c r="B59" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C59" s="23" t="s">
+        <v>558</v>
+      </c>
+      <c r="D59" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E59" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F59" s="23" t="s">
+        <v>559</v>
+      </c>
+      <c r="G59" s="23" t="s">
+        <v>560</v>
+      </c>
+      <c r="H59" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="23" t="s">
+        <v>200</v>
+      </c>
+      <c r="J59" s="23" t="s">
+        <v>201</v>
+      </c>
+      <c r="K59" s="23" t="s">
+        <v>561</v>
+      </c>
+      <c r="L59" s="23" t="s">
         <v>562</v>
       </c>
-      <c r="B59" s="23" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M59" s="23" t="s">
-        <v>569</v>
+        <v>204</v>
       </c>
       <c r="N59" s="23" t="s">
-        <v>570</v>
+        <v>205</v>
       </c>
       <c r="O59" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R59" s="25"/>
       <c r="S59" s="25"/>
       <c r="T59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U59" s="23" t="s">
-        <v>425</v>
+        <v>339</v>
       </c>
       <c r="V59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W59" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X59" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" ht="30" customHeight="1">
       <c r="A60" s="23" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="B60" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C60" s="23" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="D60" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F60" s="23" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="G60" s="23" t="s">
-        <v>574</v>
+        <v>199</v>
       </c>
       <c r="H60" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="23" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="J60" s="23" t="s">
-        <v>142</v>
+        <v>201</v>
       </c>
       <c r="K60" s="23" t="s">
-        <v>576</v>
+        <v>567</v>
       </c>
       <c r="L60" s="23" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="M60" s="23" t="s">
-        <v>368</v>
+        <v>399</v>
       </c>
       <c r="N60" s="23" t="s">
-        <v>578</v>
+        <v>400</v>
       </c>
       <c r="O60" s="23" t="s">
-        <v>93</v>
+        <v>186</v>
       </c>
       <c r="P60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R60" s="25"/>
       <c r="S60" s="25"/>
       <c r="T60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U60" s="23" t="s">
-        <v>72</v>
+        <v>339</v>
       </c>
       <c r="V60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W60" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X60" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="61" ht="30" customHeight="1">
       <c r="A61" s="23" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="B61" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="23" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="D61" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F61" s="23" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="G61" s="23" t="s">
-        <v>582</v>
+        <v>79</v>
       </c>
       <c r="H61" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="23" t="s">
-        <v>583</v>
+        <v>276</v>
       </c>
       <c r="J61" s="23" t="s">
-        <v>498</v>
+        <v>79</v>
       </c>
       <c r="K61" s="23" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="L61" s="23" t="s">
-        <v>585</v>
+        <v>573</v>
       </c>
       <c r="M61" s="23" t="s">
-        <v>586</v>
+        <v>279</v>
       </c>
       <c r="N61" s="23" t="s">
-        <v>587</v>
+        <v>280</v>
       </c>
       <c r="O61" s="23" t="s">
-        <v>503</v>
+        <v>61</v>
       </c>
       <c r="P61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R61" s="25"/>
       <c r="S61" s="25"/>
       <c r="T61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U61" s="23" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="V61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W61" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X61" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="62" ht="30" customHeight="1">
       <c r="A62" s="23" t="s">
-        <v>588</v>
+        <v>574</v>
       </c>
       <c r="B62" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C62" s="23" t="s">
-        <v>589</v>
+        <v>575</v>
       </c>
       <c r="D62" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F62" s="23" t="s">
-        <v>590</v>
+        <v>576</v>
       </c>
       <c r="G62" s="23" t="s">
-        <v>160</v>
+        <v>79</v>
       </c>
       <c r="H62" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="23" t="s">
-        <v>161</v>
+        <v>577</v>
       </c>
       <c r="J62" s="23" t="s">
-        <v>160</v>
+        <v>79</v>
       </c>
       <c r="K62" s="23" t="s">
-        <v>591</v>
+        <v>578</v>
       </c>
       <c r="L62" s="23" t="s">
-        <v>592</v>
+        <v>579</v>
       </c>
       <c r="M62" s="23" t="s">
-        <v>593</v>
+        <v>225</v>
       </c>
       <c r="N62" s="23" t="s">
-        <v>594</v>
+        <v>380</v>
       </c>
       <c r="O62" s="23" t="s">
-        <v>48</v>
+        <v>580</v>
       </c>
       <c r="P62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R62" s="25"/>
       <c r="S62" s="25"/>
       <c r="T62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U62" s="23" t="s">
-        <v>72</v>
+        <v>339</v>
       </c>
       <c r="V62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W62" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X62" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" ht="30" customHeight="1">
       <c r="A63" s="23" t="s">
-        <v>595</v>
+        <v>581</v>
       </c>
       <c r="B63" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C63" s="23" t="s">
-        <v>596</v>
+        <v>582</v>
       </c>
       <c r="D63" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F63" s="23" t="s">
-        <v>597</v>
+        <v>583</v>
       </c>
       <c r="G63" s="23" t="s">
-        <v>598</v>
+        <v>584</v>
       </c>
       <c r="H63" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="23" t="s">
-        <v>599</v>
+        <v>585</v>
       </c>
       <c r="J63" s="23" t="s">
-        <v>598</v>
+        <v>221</v>
       </c>
       <c r="K63" s="23" t="s">
-        <v>600</v>
+        <v>586</v>
       </c>
       <c r="L63" s="23" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
       <c r="M63" s="23" t="s">
-        <v>602</v>
+        <v>71</v>
       </c>
       <c r="N63" s="23" t="s">
-        <v>603</v>
+        <v>588</v>
       </c>
       <c r="O63" s="23" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="P63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R63" s="25"/>
       <c r="S63" s="25"/>
       <c r="T63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U63" s="23" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="V63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W63" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X63" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" ht="30" customHeight="1">
       <c r="A64" s="23" t="s">
-        <v>604</v>
+        <v>589</v>
       </c>
       <c r="B64" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C64" s="23" t="s">
-        <v>605</v>
+        <v>590</v>
       </c>
       <c r="D64" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F64" s="23" t="s">
-        <v>606</v>
+        <v>591</v>
       </c>
       <c r="G64" s="23" t="s">
-        <v>607</v>
+        <v>592</v>
       </c>
       <c r="H64" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="23" t="s">
-        <v>608</v>
+        <v>593</v>
       </c>
       <c r="J64" s="23" t="s">
-        <v>456</v>
+        <v>55</v>
       </c>
       <c r="K64" s="23" t="s">
-        <v>609</v>
+        <v>594</v>
       </c>
       <c r="L64" s="23" t="s">
-        <v>610</v>
+        <v>595</v>
       </c>
       <c r="M64" s="23" t="s">
-        <v>611</v>
+        <v>596</v>
       </c>
       <c r="N64" s="23" t="s">
-        <v>612</v>
+        <v>597</v>
       </c>
       <c r="O64" s="23" t="s">
-        <v>48</v>
+        <v>598</v>
       </c>
       <c r="P64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R64" s="25"/>
       <c r="S64" s="25"/>
       <c r="T64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U64" s="23" t="s">
-        <v>362</v>
+        <v>62</v>
       </c>
       <c r="V64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W64" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X64" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="65" ht="30" customHeight="1">
       <c r="A65" s="23" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="B65" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C65" s="23" t="s">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="D65" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F65" s="23" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="G65" s="23" t="s">
-        <v>30</v>
+        <v>602</v>
       </c>
       <c r="H65" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="23" t="s">
-        <v>616</v>
+        <v>603</v>
       </c>
       <c r="J65" s="23" t="s">
-        <v>30</v>
+        <v>604</v>
       </c>
       <c r="K65" s="23" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="L65" s="23" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="M65" s="23" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="N65" s="23" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="O65" s="23" t="s">
-        <v>37</v>
+        <v>127</v>
       </c>
       <c r="P65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R65" s="25"/>
       <c r="S65" s="25"/>
       <c r="T65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U65" s="23" t="s">
-        <v>166</v>
+        <v>73</v>
       </c>
       <c r="V65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W65" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X65" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="66" ht="30" customHeight="1">
       <c r="A66" s="23" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B66" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C66" s="23" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="D66" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F66" s="23" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="G66" s="23" t="s">
-        <v>30</v>
+        <v>612</v>
       </c>
       <c r="H66" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="23" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="J66" s="23" t="s">
-        <v>30</v>
+        <v>612</v>
       </c>
       <c r="K66" s="23" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="L66" s="23" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="M66" s="23" t="s">
-        <v>192</v>
+        <v>616</v>
       </c>
       <c r="N66" s="23" t="s">
-        <v>193</v>
+        <v>617</v>
       </c>
       <c r="O66" s="23" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="P66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R66" s="25"/>
       <c r="S66" s="25"/>
       <c r="T66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U66" s="23" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="V66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W66" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X66" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="67" ht="30" customHeight="1">
       <c r="A67" s="23" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="B67" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C67" s="23" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="D67" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F67" s="23" t="s">
-        <v>628</v>
+        <v>620</v>
       </c>
       <c r="G67" s="23" t="s">
-        <v>582</v>
+        <v>506</v>
       </c>
       <c r="H67" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="23" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="J67" s="23" t="s">
-        <v>498</v>
+        <v>386</v>
       </c>
       <c r="K67" s="23" t="s">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c r="L67" s="23" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="M67" s="23" t="s">
-        <v>631</v>
+        <v>125</v>
       </c>
       <c r="N67" s="23" t="s">
-        <v>632</v>
+        <v>126</v>
       </c>
       <c r="O67" s="23" t="s">
-        <v>71</v>
+        <v>623</v>
       </c>
       <c r="P67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R67" s="25"/>
       <c r="S67" s="25"/>
       <c r="T67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U67" s="23" t="s">
-        <v>633</v>
+        <v>51</v>
       </c>
       <c r="V67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W67" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X67" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="68" ht="30" customHeight="1">
       <c r="A68" s="23" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="B68" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C68" s="23" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="D68" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F68" s="23" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="G68" s="23" t="s">
-        <v>637</v>
+        <v>79</v>
       </c>
       <c r="H68" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="23" t="s">
-        <v>638</v>
+        <v>171</v>
       </c>
       <c r="J68" s="23" t="s">
-        <v>639</v>
+        <v>79</v>
       </c>
       <c r="K68" s="23" t="s">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="L68" s="23" t="s">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="M68" s="23" t="s">
-        <v>310</v>
+        <v>484</v>
       </c>
       <c r="N68" s="23" t="s">
-        <v>311</v>
+        <v>629</v>
       </c>
       <c r="O68" s="23" t="s">
-        <v>312</v>
+        <v>630</v>
       </c>
       <c r="P68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R68" s="25"/>
       <c r="S68" s="25"/>
       <c r="T68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U68" s="23" t="s">
-        <v>642</v>
+        <v>350</v>
       </c>
       <c r="V68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W68" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X68" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="69" ht="30" customHeight="1">
       <c r="A69" s="23" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="B69" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C69" s="23" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="D69" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F69" s="23" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="G69" s="23" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
       <c r="H69" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="23" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
       <c r="J69" s="23" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="K69" s="23" t="s">
-        <v>647</v>
+        <v>635</v>
       </c>
       <c r="L69" s="23" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="M69" s="23" t="s">
-        <v>649</v>
+        <v>204</v>
       </c>
       <c r="N69" s="23" t="s">
-        <v>650</v>
+        <v>205</v>
       </c>
       <c r="O69" s="23" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="P69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R69" s="25"/>
       <c r="S69" s="25"/>
       <c r="T69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U69" s="23" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="V69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W69" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X69" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="70" ht="30" customHeight="1">
       <c r="A70" s="23" t="s">
-        <v>651</v>
+        <v>637</v>
       </c>
       <c r="B70" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C70" s="23" t="s">
-        <v>652</v>
+        <v>638</v>
       </c>
       <c r="D70" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F70" s="23" t="s">
-        <v>653</v>
+        <v>639</v>
       </c>
       <c r="G70" s="23" t="s">
-        <v>654</v>
+        <v>640</v>
       </c>
       <c r="H70" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="23" t="s">
-        <v>655</v>
+        <v>641</v>
       </c>
       <c r="J70" s="23" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="K70" s="23" t="s">
-        <v>656</v>
+        <v>643</v>
       </c>
       <c r="L70" s="23" t="s">
-        <v>657</v>
+        <v>644</v>
       </c>
       <c r="M70" s="23" t="s">
-        <v>412</v>
+        <v>645</v>
       </c>
       <c r="N70" s="23" t="s">
-        <v>413</v>
+        <v>646</v>
       </c>
       <c r="O70" s="23" t="s">
-        <v>114</v>
+        <v>543</v>
       </c>
       <c r="P70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R70" s="25"/>
       <c r="S70" s="25"/>
       <c r="T70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U70" s="23" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="V70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W70" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X70" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="71" ht="30" customHeight="1">
       <c r="A71" s="23" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="B71" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C71" s="23" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="D71" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F71" s="23" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="G71" s="23" t="s">
-        <v>170</v>
+        <v>30</v>
       </c>
       <c r="H71" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="23" t="s">
-        <v>544</v>
+        <v>650</v>
       </c>
       <c r="J71" s="23" t="s">
         <v>30</v>
       </c>
       <c r="K71" s="23" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="L71" s="23" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="M71" s="23" t="s">
-        <v>663</v>
+        <v>143</v>
       </c>
       <c r="N71" s="23" t="s">
-        <v>664</v>
+        <v>144</v>
       </c>
       <c r="O71" s="23" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="P71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R71" s="25"/>
       <c r="S71" s="25"/>
       <c r="T71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U71" s="23" t="s">
-        <v>665</v>
+        <v>51</v>
       </c>
       <c r="V71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W71" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X71" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="72" ht="30" customHeight="1">
       <c r="A72" s="23" t="s">
-        <v>666</v>
+        <v>653</v>
       </c>
       <c r="B72" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C72" s="23" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="D72" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F72" s="23" t="s">
-        <v>668</v>
+        <v>655</v>
       </c>
       <c r="G72" s="23" t="s">
-        <v>669</v>
+        <v>554</v>
       </c>
       <c r="H72" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="23" t="s">
-        <v>670</v>
+        <v>577</v>
       </c>
       <c r="J72" s="23" t="s">
-        <v>671</v>
+        <v>79</v>
       </c>
       <c r="K72" s="23" t="s">
-        <v>672</v>
+        <v>656</v>
       </c>
       <c r="L72" s="23" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="M72" s="23" t="s">
-        <v>674</v>
+        <v>225</v>
       </c>
       <c r="N72" s="23" t="s">
-        <v>675</v>
+        <v>380</v>
       </c>
       <c r="O72" s="23" t="s">
-        <v>71</v>
+        <v>623</v>
       </c>
       <c r="P72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R72" s="25"/>
       <c r="S72" s="25"/>
       <c r="T72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U72" s="23" t="s">
-        <v>337</v>
+        <v>658</v>
       </c>
       <c r="V72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W72" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X72" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="73" ht="30" customHeight="1">
       <c r="A73" s="23" t="s">
-        <v>676</v>
+        <v>659</v>
       </c>
       <c r="B73" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C73" s="23" t="s">
-        <v>195</v>
+        <v>660</v>
       </c>
       <c r="D73" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F73" s="23" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="G73" s="23" t="s">
-        <v>678</v>
+        <v>221</v>
       </c>
       <c r="H73" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="23" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="J73" s="23" t="s">
-        <v>678</v>
+        <v>221</v>
       </c>
       <c r="K73" s="23" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
       <c r="L73" s="23" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="M73" s="23" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="N73" s="23" t="s">
-        <v>203</v>
+        <v>588</v>
       </c>
       <c r="O73" s="23" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="P73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R73" s="25"/>
       <c r="S73" s="25"/>
       <c r="T73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U73" s="23" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="V73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W73" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X73" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="74" ht="30" customHeight="1">
       <c r="A74" s="23" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
       <c r="B74" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C74" s="23" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="D74" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F74" s="23" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
       <c r="G74" s="23" t="s">
-        <v>685</v>
+        <v>79</v>
       </c>
       <c r="H74" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="23" t="s">
-        <v>686</v>
+        <v>668</v>
       </c>
       <c r="J74" s="23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K74" s="23" t="s">
-        <v>687</v>
+        <v>669</v>
       </c>
       <c r="L74" s="23" t="s">
-        <v>688</v>
+        <v>670</v>
       </c>
       <c r="M74" s="23" t="s">
-        <v>649</v>
+        <v>671</v>
       </c>
       <c r="N74" s="23" t="s">
-        <v>689</v>
+        <v>672</v>
       </c>
       <c r="O74" s="23" t="s">
-        <v>48</v>
+        <v>623</v>
       </c>
       <c r="P74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R74" s="25"/>
       <c r="S74" s="25"/>
       <c r="T74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U74" s="23" t="s">
-        <v>60</v>
+        <v>262</v>
       </c>
       <c r="V74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W74" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X74" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="75" ht="30" customHeight="1">
       <c r="A75" s="23" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
       <c r="B75" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C75" s="23" t="s">
-        <v>691</v>
+        <v>674</v>
       </c>
       <c r="D75" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F75" s="23" t="s">
-        <v>692</v>
+        <v>675</v>
       </c>
       <c r="G75" s="23" t="s">
-        <v>693</v>
+        <v>676</v>
       </c>
       <c r="H75" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="23" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
       <c r="J75" s="23" t="s">
-        <v>598</v>
+        <v>676</v>
       </c>
       <c r="K75" s="23" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="L75" s="23" t="s">
-        <v>696</v>
+        <v>679</v>
       </c>
       <c r="M75" s="23" t="s">
-        <v>697</v>
+        <v>680</v>
       </c>
       <c r="N75" s="23" t="s">
-        <v>698</v>
+        <v>681</v>
       </c>
       <c r="O75" s="23" t="s">
-        <v>699</v>
+        <v>37</v>
       </c>
       <c r="P75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R75" s="25"/>
       <c r="S75" s="25"/>
       <c r="T75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U75" s="23" t="s">
-        <v>82</v>
+        <v>401</v>
       </c>
       <c r="V75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W75" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X75" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" ht="30" customHeight="1">
       <c r="A76" s="23" t="s">
-        <v>700</v>
+        <v>682</v>
       </c>
       <c r="B76" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C76" s="23" t="s">
-        <v>701</v>
+        <v>683</v>
       </c>
       <c r="D76" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F76" s="23" t="s">
-        <v>702</v>
+        <v>684</v>
       </c>
       <c r="G76" s="23" t="s">
-        <v>703</v>
+        <v>345</v>
       </c>
       <c r="H76" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="23" t="s">
-        <v>704</v>
+        <v>685</v>
       </c>
       <c r="J76" s="23" t="s">
-        <v>420</v>
+        <v>345</v>
       </c>
       <c r="K76" s="23" t="s">
-        <v>705</v>
+        <v>686</v>
       </c>
       <c r="L76" s="23" t="s">
-        <v>706</v>
+        <v>687</v>
       </c>
       <c r="M76" s="23" t="s">
-        <v>707</v>
+        <v>688</v>
       </c>
       <c r="N76" s="23" t="s">
-        <v>708</v>
+        <v>689</v>
       </c>
       <c r="O76" s="23" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="P76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R76" s="25"/>
       <c r="S76" s="25"/>
       <c r="T76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U76" s="23" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="V76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W76" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X76" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="77" ht="30" customHeight="1">
       <c r="A77" s="23" t="s">
-        <v>709</v>
+        <v>690</v>
       </c>
       <c r="B77" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C77" s="23" t="s">
-        <v>710</v>
+        <v>691</v>
       </c>
       <c r="D77" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F77" s="23" t="s">
-        <v>711</v>
+        <v>692</v>
       </c>
       <c r="G77" s="23" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="H77" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="23" t="s">
-        <v>713</v>
+        <v>694</v>
       </c>
       <c r="J77" s="23" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="K77" s="23" t="s">
-        <v>714</v>
+        <v>695</v>
       </c>
       <c r="L77" s="23" t="s">
-        <v>715</v>
+        <v>696</v>
       </c>
       <c r="M77" s="23" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
       <c r="N77" s="23" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="O77" s="23" t="s">
-        <v>71</v>
+        <v>699</v>
       </c>
       <c r="P77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R77" s="25"/>
       <c r="S77" s="25"/>
       <c r="T77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U77" s="23" t="s">
-        <v>337</v>
+        <v>145</v>
       </c>
       <c r="V77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W77" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X77" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="78" ht="30" customHeight="1">
       <c r="A78" s="23" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="B78" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C78" s="23" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="D78" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F78" s="23" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="G78" s="23" t="s">
-        <v>242</v>
+        <v>703</v>
       </c>
       <c r="H78" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="23" t="s">
-        <v>721</v>
+        <v>704</v>
       </c>
       <c r="J78" s="23" t="s">
-        <v>244</v>
+        <v>705</v>
       </c>
       <c r="K78" s="23" t="s">
-        <v>722</v>
+        <v>706</v>
       </c>
       <c r="L78" s="23" t="s">
-        <v>723</v>
+        <v>243</v>
       </c>
       <c r="M78" s="23" t="s">
-        <v>611</v>
+        <v>707</v>
       </c>
       <c r="N78" s="23" t="s">
-        <v>612</v>
+        <v>708</v>
       </c>
       <c r="O78" s="23" t="s">
-        <v>226</v>
+        <v>127</v>
       </c>
       <c r="P78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R78" s="25"/>
       <c r="S78" s="25"/>
       <c r="T78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U78" s="23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W78" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X78" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="79" ht="30" customHeight="1">
       <c r="A79" s="23" t="s">
-        <v>724</v>
+        <v>709</v>
       </c>
       <c r="B79" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C79" s="23" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="D79" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F79" s="23" t="s">
-        <v>726</v>
+        <v>711</v>
       </c>
       <c r="G79" s="23" t="s">
-        <v>30</v>
+        <v>712</v>
       </c>
       <c r="H79" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="23" t="s">
-        <v>566</v>
+        <v>713</v>
       </c>
       <c r="J79" s="23" t="s">
-        <v>30</v>
+        <v>714</v>
       </c>
       <c r="K79" s="23" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
       <c r="L79" s="23" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="M79" s="23" t="s">
-        <v>224</v>
+        <v>717</v>
       </c>
       <c r="N79" s="23" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="O79" s="23" t="s">
-        <v>730</v>
+        <v>156</v>
       </c>
       <c r="P79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R79" s="25"/>
       <c r="S79" s="25"/>
       <c r="T79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U79" s="23" t="s">
-        <v>731</v>
+        <v>94</v>
       </c>
       <c r="V79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W79" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X79" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="80" ht="30" customHeight="1">
       <c r="A80" s="23" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="B80" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C80" s="23" t="s">
-        <v>733</v>
+        <v>720</v>
       </c>
       <c r="D80" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F80" s="23" t="s">
-        <v>734</v>
+        <v>721</v>
       </c>
       <c r="G80" s="23" t="s">
-        <v>30</v>
+        <v>345</v>
       </c>
       <c r="H80" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="23" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="J80" s="23" t="s">
-        <v>30</v>
+        <v>345</v>
       </c>
       <c r="K80" s="23" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="L80" s="23" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="M80" s="23" t="s">
-        <v>738</v>
+        <v>725</v>
       </c>
       <c r="N80" s="23" t="s">
-        <v>739</v>
+        <v>726</v>
       </c>
       <c r="O80" s="23" t="s">
-        <v>226</v>
+        <v>727</v>
       </c>
       <c r="P80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R80" s="25"/>
       <c r="S80" s="25"/>
       <c r="T80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U80" s="23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="V80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W80" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X80" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" ht="30" customHeight="1">
       <c r="A81" s="23" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="B81" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C81" s="23" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="D81" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F81" s="23" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="G81" s="23" t="s">
-        <v>435</v>
+        <v>79</v>
       </c>
       <c r="H81" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="23" t="s">
-        <v>436</v>
+        <v>731</v>
       </c>
       <c r="J81" s="23" t="s">
-        <v>435</v>
+        <v>79</v>
       </c>
       <c r="K81" s="23" t="s">
-        <v>743</v>
+        <v>732</v>
       </c>
       <c r="L81" s="23" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="M81" s="23" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="N81" s="23" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
       <c r="O81" s="23" t="s">
-        <v>114</v>
+        <v>502</v>
       </c>
       <c r="P81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R81" s="25"/>
       <c r="S81" s="25"/>
       <c r="T81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U81" s="23" t="s">
-        <v>136</v>
+        <v>736</v>
       </c>
       <c r="V81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W81" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X81" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" ht="30" customHeight="1">
       <c r="A82" s="23" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="B82" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C82" s="23" t="s">
-        <v>748</v>
+        <v>738</v>
       </c>
       <c r="D82" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F82" s="23" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
       <c r="G82" s="23" t="s">
-        <v>678</v>
+        <v>79</v>
       </c>
       <c r="H82" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="23" t="s">
-        <v>750</v>
+        <v>475</v>
       </c>
       <c r="J82" s="23" t="s">
-        <v>678</v>
+        <v>79</v>
       </c>
       <c r="K82" s="23" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="L82" s="23" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="M82" s="23" t="s">
-        <v>753</v>
+        <v>523</v>
       </c>
       <c r="N82" s="23" t="s">
-        <v>754</v>
+        <v>524</v>
       </c>
       <c r="O82" s="23" t="s">
-        <v>114</v>
+        <v>623</v>
       </c>
       <c r="P82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R82" s="25"/>
       <c r="S82" s="25"/>
       <c r="T82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U82" s="23" t="s">
-        <v>205</v>
+        <v>104</v>
       </c>
       <c r="V82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W82" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X82" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="83" ht="30" customHeight="1">
       <c r="A83" s="23" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="B83" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C83" s="23" t="s">
-        <v>756</v>
+        <v>743</v>
       </c>
       <c r="D83" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F83" s="23" t="s">
-        <v>757</v>
+        <v>744</v>
       </c>
       <c r="G83" s="23" t="s">
-        <v>508</v>
+        <v>332</v>
       </c>
       <c r="H83" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="23" t="s">
-        <v>758</v>
+        <v>333</v>
       </c>
       <c r="J83" s="23" t="s">
-        <v>446</v>
+        <v>334</v>
       </c>
       <c r="K83" s="23" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="L83" s="23" t="s">
-        <v>448</v>
+        <v>746</v>
       </c>
       <c r="M83" s="23" t="s">
-        <v>760</v>
+        <v>725</v>
       </c>
       <c r="N83" s="23" t="s">
-        <v>761</v>
+        <v>747</v>
       </c>
       <c r="O83" s="23" t="s">
-        <v>114</v>
+        <v>623</v>
       </c>
       <c r="P83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R83" s="25"/>
       <c r="S83" s="25"/>
       <c r="T83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U83" s="23" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="V83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W83" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X83" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="84" ht="30" customHeight="1">
       <c r="A84" s="23" t="s">
-        <v>762</v>
+        <v>748</v>
       </c>
       <c r="B84" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="23" t="s">
-        <v>763</v>
+        <v>749</v>
       </c>
       <c r="D84" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F84" s="23" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="G84" s="23" t="s">
-        <v>535</v>
+        <v>66</v>
       </c>
       <c r="H84" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="23" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="J84" s="23" t="s">
-        <v>535</v>
+        <v>68</v>
       </c>
       <c r="K84" s="23" t="s">
-        <v>766</v>
+        <v>752</v>
       </c>
       <c r="L84" s="23" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
       <c r="M84" s="23" t="s">
-        <v>192</v>
+        <v>754</v>
       </c>
       <c r="N84" s="23" t="s">
-        <v>193</v>
+        <v>755</v>
       </c>
       <c r="O84" s="23" t="s">
-        <v>71</v>
+        <v>186</v>
       </c>
       <c r="P84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R84" s="25"/>
       <c r="S84" s="25"/>
       <c r="T84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U84" s="23" t="s">
-        <v>72</v>
+        <v>322</v>
       </c>
       <c r="V84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W84" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X84" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="85" ht="30" customHeight="1">
       <c r="A85" s="23" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
       <c r="B85" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C85" s="23" t="s">
-        <v>769</v>
+        <v>757</v>
       </c>
       <c r="D85" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F85" s="23" t="s">
-        <v>770</v>
+        <v>758</v>
       </c>
       <c r="G85" s="23" t="s">
-        <v>178</v>
+        <v>759</v>
       </c>
       <c r="H85" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="23" t="s">
-        <v>373</v>
+        <v>760</v>
       </c>
       <c r="J85" s="23" t="s">
-        <v>30</v>
+        <v>705</v>
       </c>
       <c r="K85" s="23" t="s">
-        <v>771</v>
+        <v>761</v>
       </c>
       <c r="L85" s="23" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="M85" s="23" t="s">
-        <v>80</v>
+        <v>707</v>
       </c>
       <c r="N85" s="23" t="s">
-        <v>773</v>
+        <v>708</v>
       </c>
       <c r="O85" s="23" t="s">
-        <v>226</v>
+        <v>127</v>
       </c>
       <c r="P85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R85" s="25"/>
       <c r="S85" s="25"/>
       <c r="T85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U85" s="23" t="s">
-        <v>450</v>
+        <v>51</v>
       </c>
       <c r="V85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W85" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X85" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="86" ht="30" customHeight="1">
       <c r="A86" s="23" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
       <c r="B86" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C86" s="23" t="s">
-        <v>775</v>
+        <v>764</v>
       </c>
       <c r="D86" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F86" s="23" t="s">
-        <v>776</v>
+        <v>765</v>
       </c>
       <c r="G86" s="23" t="s">
-        <v>777</v>
+        <v>766</v>
       </c>
       <c r="H86" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="23" t="s">
-        <v>778</v>
+        <v>767</v>
       </c>
       <c r="J86" s="23" t="s">
-        <v>779</v>
+        <v>768</v>
       </c>
       <c r="K86" s="23" t="s">
-        <v>780</v>
+        <v>769</v>
       </c>
       <c r="L86" s="23" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="M86" s="23" t="s">
-        <v>782</v>
+        <v>113</v>
       </c>
       <c r="N86" s="23" t="s">
-        <v>783</v>
+        <v>114</v>
       </c>
       <c r="O86" s="23" t="s">
-        <v>784</v>
+        <v>115</v>
       </c>
       <c r="P86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R86" s="25"/>
       <c r="S86" s="25"/>
       <c r="T86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U86" s="23" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="V86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W86" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X86" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="87" ht="30" customHeight="1">
       <c r="A87" s="23" t="s">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c r="B87" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C87" s="23" t="s">
-        <v>786</v>
+        <v>772</v>
       </c>
       <c r="D87" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F87" s="23" t="s">
-        <v>787</v>
+        <v>773</v>
       </c>
       <c r="G87" s="23" t="s">
-        <v>76</v>
+        <v>774</v>
       </c>
       <c r="H87" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="23" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="J87" s="23" t="s">
-        <v>76</v>
+        <v>776</v>
       </c>
       <c r="K87" s="23" t="s">
-        <v>789</v>
+        <v>777</v>
       </c>
       <c r="L87" s="23" t="s">
-        <v>790</v>
+        <v>778</v>
       </c>
       <c r="M87" s="23" t="s">
-        <v>649</v>
+        <v>779</v>
       </c>
       <c r="N87" s="23" t="s">
-        <v>689</v>
+        <v>780</v>
       </c>
       <c r="O87" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R87" s="25"/>
       <c r="S87" s="25"/>
       <c r="T87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U87" s="23" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="V87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W87" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X87" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="88" ht="30" customHeight="1">
       <c r="A88" s="23" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="B88" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C88" s="23" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="D88" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F88" s="23" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
       <c r="G88" s="23" t="s">
-        <v>794</v>
+        <v>110</v>
       </c>
       <c r="H88" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="23" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="J88" s="23" t="s">
-        <v>297</v>
+        <v>110</v>
       </c>
       <c r="K88" s="23" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="L88" s="23" t="s">
-        <v>797</v>
+        <v>786</v>
       </c>
       <c r="M88" s="23" t="s">
-        <v>300</v>
+        <v>113</v>
       </c>
       <c r="N88" s="23" t="s">
-        <v>301</v>
+        <v>114</v>
       </c>
       <c r="O88" s="23" t="s">
-        <v>48</v>
+        <v>115</v>
       </c>
       <c r="P88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R88" s="25"/>
       <c r="S88" s="25"/>
       <c r="T88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U88" s="23" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="V88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W88" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X88" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="89" ht="30" customHeight="1">
       <c r="A89" s="23" t="s">
-        <v>798</v>
+        <v>787</v>
       </c>
       <c r="B89" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C89" s="23" t="s">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c r="D89" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F89" s="23" t="s">
-        <v>800</v>
+        <v>789</v>
       </c>
       <c r="G89" s="23" t="s">
-        <v>479</v>
+        <v>790</v>
       </c>
       <c r="H89" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="23" t="s">
-        <v>801</v>
+        <v>791</v>
       </c>
       <c r="J89" s="23" t="s">
-        <v>479</v>
+        <v>315</v>
       </c>
       <c r="K89" s="23" t="s">
-        <v>802</v>
+        <v>792</v>
       </c>
       <c r="L89" s="23" t="s">
-        <v>803</v>
+        <v>793</v>
       </c>
       <c r="M89" s="23" t="s">
-        <v>344</v>
+        <v>113</v>
       </c>
       <c r="N89" s="23" t="s">
-        <v>345</v>
+        <v>114</v>
       </c>
       <c r="O89" s="23" t="s">
-        <v>346</v>
+        <v>115</v>
       </c>
       <c r="P89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R89" s="25"/>
       <c r="S89" s="25"/>
       <c r="T89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U89" s="23" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="V89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W89" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X89" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="90" ht="30" customHeight="1">
       <c r="A90" s="23" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="B90" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C90" s="23" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
       <c r="D90" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F90" s="23" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="G90" s="23" t="s">
-        <v>807</v>
+        <v>776</v>
       </c>
       <c r="H90" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="23" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="J90" s="23" t="s">
-        <v>809</v>
+        <v>776</v>
       </c>
       <c r="K90" s="23" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="L90" s="23" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="M90" s="23" t="s">
-        <v>560</v>
+        <v>697</v>
       </c>
       <c r="N90" s="23" t="s">
-        <v>561</v>
+        <v>698</v>
       </c>
       <c r="O90" s="23" t="s">
-        <v>812</v>
+        <v>699</v>
       </c>
       <c r="P90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R90" s="25"/>
       <c r="S90" s="25"/>
       <c r="T90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U90" s="23" t="s">
-        <v>205</v>
+        <v>94</v>
       </c>
       <c r="V90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W90" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X90" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="91" ht="30" customHeight="1">
       <c r="A91" s="23" t="s">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="B91" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C91" s="23" t="s">
-        <v>814</v>
+        <v>801</v>
       </c>
       <c r="D91" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F91" s="23" t="s">
-        <v>815</v>
+        <v>802</v>
       </c>
       <c r="G91" s="23" t="s">
-        <v>508</v>
+        <v>803</v>
       </c>
       <c r="H91" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="23" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="J91" s="23" t="s">
-        <v>446</v>
+        <v>805</v>
       </c>
       <c r="K91" s="23" t="s">
-        <v>817</v>
+        <v>806</v>
       </c>
       <c r="L91" s="23" t="s">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="M91" s="23" t="s">
-        <v>760</v>
+        <v>697</v>
       </c>
       <c r="N91" s="23" t="s">
-        <v>761</v>
+        <v>698</v>
       </c>
       <c r="O91" s="23" t="s">
-        <v>414</v>
+        <v>699</v>
       </c>
       <c r="P91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R91" s="25"/>
       <c r="S91" s="25"/>
       <c r="T91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U91" s="23" t="s">
-        <v>665</v>
+        <v>94</v>
       </c>
       <c r="V91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W91" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X91" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="92" ht="30" customHeight="1">
       <c r="A92" s="23" t="s">
-        <v>819</v>
+        <v>808</v>
       </c>
       <c r="B92" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C92" s="23" t="s">
-        <v>820</v>
+        <v>809</v>
       </c>
       <c r="D92" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F92" s="23" t="s">
-        <v>821</v>
+        <v>810</v>
       </c>
       <c r="G92" s="23" t="s">
-        <v>822</v>
+        <v>811</v>
       </c>
       <c r="H92" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="23" t="s">
-        <v>823</v>
+        <v>812</v>
       </c>
       <c r="J92" s="23" t="s">
-        <v>824</v>
+        <v>221</v>
       </c>
       <c r="K92" s="23" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="L92" s="23" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="M92" s="23" t="s">
-        <v>827</v>
+        <v>271</v>
       </c>
       <c r="N92" s="23" t="s">
-        <v>828</v>
+        <v>272</v>
       </c>
       <c r="O92" s="23" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="P92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R92" s="25"/>
       <c r="S92" s="25"/>
       <c r="T92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U92" s="23" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="V92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W92" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X92" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="93" ht="30" customHeight="1">
       <c r="A93" s="23" t="s">
-        <v>829</v>
+        <v>815</v>
       </c>
       <c r="B93" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C93" s="23" t="s">
-        <v>830</v>
+        <v>816</v>
       </c>
       <c r="D93" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F93" s="23" t="s">
-        <v>831</v>
+        <v>817</v>
       </c>
       <c r="G93" s="23" t="s">
-        <v>334</v>
+        <v>306</v>
       </c>
       <c r="H93" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="23" t="s">
-        <v>832</v>
+        <v>307</v>
       </c>
       <c r="J93" s="23" t="s">
-        <v>833</v>
+        <v>79</v>
       </c>
       <c r="K93" s="23" t="s">
-        <v>834</v>
+        <v>818</v>
       </c>
       <c r="L93" s="23" t="s">
-        <v>835</v>
+        <v>819</v>
       </c>
       <c r="M93" s="23" t="s">
-        <v>836</v>
+        <v>184</v>
       </c>
       <c r="N93" s="23" t="s">
-        <v>837</v>
+        <v>820</v>
       </c>
       <c r="O93" s="23" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="P93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R93" s="25"/>
       <c r="S93" s="25"/>
       <c r="T93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U93" s="23" t="s">
-        <v>216</v>
+        <v>145</v>
       </c>
       <c r="V93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W93" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X93" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="94" ht="30" customHeight="1">
       <c r="A94" s="23" t="s">
-        <v>838</v>
+        <v>821</v>
       </c>
       <c r="B94" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C94" s="23" t="s">
-        <v>839</v>
+        <v>822</v>
       </c>
       <c r="D94" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F94" s="23" t="s">
-        <v>840</v>
+        <v>823</v>
       </c>
       <c r="G94" s="23" t="s">
-        <v>841</v>
+        <v>79</v>
       </c>
       <c r="H94" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="23" t="s">
-        <v>842</v>
+        <v>577</v>
       </c>
       <c r="J94" s="23" t="s">
-        <v>524</v>
+        <v>79</v>
       </c>
       <c r="K94" s="23" t="s">
-        <v>843</v>
+        <v>824</v>
       </c>
       <c r="L94" s="23" t="s">
-        <v>797</v>
+        <v>825</v>
       </c>
       <c r="M94" s="23" t="s">
-        <v>844</v>
+        <v>826</v>
       </c>
       <c r="N94" s="23" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="O94" s="23" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="P94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R94" s="25"/>
       <c r="S94" s="25"/>
       <c r="T94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U94" s="23" t="s">
-        <v>205</v>
+        <v>478</v>
       </c>
       <c r="V94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W94" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X94" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="95" ht="30" customHeight="1">
       <c r="A95" s="23" t="s">
-        <v>846</v>
+        <v>828</v>
       </c>
       <c r="B95" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C95" s="23" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="D95" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F95" s="23" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
       <c r="G95" s="23" t="s">
-        <v>849</v>
+        <v>831</v>
       </c>
       <c r="H95" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="23" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="J95" s="23" t="s">
-        <v>849</v>
+        <v>833</v>
       </c>
       <c r="K95" s="23" t="s">
-        <v>851</v>
+        <v>834</v>
       </c>
       <c r="L95" s="23" t="s">
-        <v>852</v>
+        <v>835</v>
       </c>
       <c r="M95" s="23" t="s">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="N95" s="23" t="s">
-        <v>853</v>
+        <v>836</v>
       </c>
       <c r="O95" s="23" t="s">
-        <v>93</v>
+        <v>837</v>
       </c>
       <c r="P95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R95" s="25"/>
       <c r="S95" s="25"/>
       <c r="T95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U95" s="23" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="V95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W95" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X95" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="96" ht="30" customHeight="1">
       <c r="A96" s="23" t="s">
-        <v>854</v>
+        <v>838</v>
       </c>
       <c r="B96" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C96" s="23" t="s">
-        <v>855</v>
+        <v>839</v>
       </c>
       <c r="D96" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F96" s="23" t="s">
-        <v>856</v>
+        <v>840</v>
       </c>
       <c r="G96" s="23" t="s">
-        <v>30</v>
+        <v>841</v>
       </c>
       <c r="H96" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="23" t="s">
-        <v>857</v>
+        <v>842</v>
       </c>
       <c r="J96" s="23" t="s">
-        <v>30</v>
+        <v>843</v>
       </c>
       <c r="K96" s="23" t="s">
-        <v>858</v>
+        <v>844</v>
       </c>
       <c r="L96" s="23" t="s">
-        <v>859</v>
+        <v>845</v>
       </c>
       <c r="M96" s="23" t="s">
-        <v>35</v>
+        <v>846</v>
       </c>
       <c r="N96" s="23" t="s">
-        <v>36</v>
+        <v>847</v>
       </c>
       <c r="O96" s="23" t="s">
-        <v>37</v>
+        <v>156</v>
       </c>
       <c r="P96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R96" s="25"/>
       <c r="S96" s="25"/>
       <c r="T96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U96" s="23" t="s">
-        <v>184</v>
+        <v>373</v>
       </c>
       <c r="V96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W96" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X96" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="97" ht="30" customHeight="1">
       <c r="A97" s="23" t="s">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="B97" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C97" s="23" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="D97" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F97" s="23" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="G97" s="23" t="s">
-        <v>863</v>
+        <v>851</v>
       </c>
       <c r="H97" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="23" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="J97" s="23" t="s">
-        <v>865</v>
+        <v>221</v>
       </c>
       <c r="K97" s="23" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="L97" s="23" t="s">
-        <v>867</v>
+        <v>854</v>
       </c>
       <c r="M97" s="23" t="s">
-        <v>868</v>
+        <v>855</v>
       </c>
       <c r="N97" s="23" t="s">
-        <v>869</v>
+        <v>856</v>
       </c>
       <c r="O97" s="23" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="P97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R97" s="25"/>
       <c r="S97" s="25"/>
       <c r="T97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U97" s="23" t="s">
-        <v>72</v>
+        <v>128</v>
       </c>
       <c r="V97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W97" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X97" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="98" ht="30" customHeight="1">
       <c r="A98" s="23" t="s">
-        <v>870</v>
+        <v>857</v>
       </c>
       <c r="B98" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C98" s="23" t="s">
-        <v>871</v>
+        <v>858</v>
       </c>
       <c r="D98" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F98" s="23" t="s">
-        <v>872</v>
+        <v>859</v>
       </c>
       <c r="G98" s="23" t="s">
-        <v>873</v>
+        <v>395</v>
       </c>
       <c r="H98" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="23" t="s">
-        <v>874</v>
+        <v>396</v>
       </c>
       <c r="J98" s="23" t="s">
-        <v>678</v>
+        <v>395</v>
       </c>
       <c r="K98" s="23" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="L98" s="23" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
       <c r="M98" s="23" t="s">
-        <v>439</v>
+        <v>862</v>
       </c>
       <c r="N98" s="23" t="s">
-        <v>440</v>
+        <v>863</v>
       </c>
       <c r="O98" s="23" t="s">
-        <v>93</v>
+        <v>206</v>
       </c>
       <c r="P98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R98" s="25"/>
       <c r="S98" s="25"/>
       <c r="T98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U98" s="23" t="s">
-        <v>731</v>
+        <v>128</v>
       </c>
       <c r="V98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W98" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X98" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="99" ht="30" customHeight="1">
       <c r="A99" s="23" t="s">
-        <v>877</v>
+        <v>864</v>
       </c>
       <c r="B99" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C99" s="23" t="s">
-        <v>878</v>
+        <v>865</v>
       </c>
       <c r="D99" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F99" s="23" t="s">
-        <v>879</v>
+        <v>866</v>
       </c>
       <c r="G99" s="23" t="s">
-        <v>76</v>
+        <v>867</v>
       </c>
       <c r="H99" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="23" t="s">
-        <v>77</v>
+        <v>868</v>
       </c>
       <c r="J99" s="23" t="s">
-        <v>76</v>
+        <v>604</v>
       </c>
       <c r="K99" s="23" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="L99" s="23" t="s">
-        <v>881</v>
+        <v>870</v>
       </c>
       <c r="M99" s="23" t="s">
-        <v>827</v>
+        <v>425</v>
       </c>
       <c r="N99" s="23" t="s">
-        <v>828</v>
+        <v>426</v>
       </c>
       <c r="O99" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R99" s="25"/>
       <c r="S99" s="25"/>
       <c r="T99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U99" s="23" t="s">
-        <v>882</v>
+        <v>116</v>
       </c>
       <c r="V99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W99" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X99" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="100" ht="30" customHeight="1">
       <c r="A100" s="23" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="B100" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C100" s="23" t="s">
-        <v>884</v>
+        <v>872</v>
       </c>
       <c r="D100" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F100" s="23" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="G100" s="23" t="s">
-        <v>565</v>
+        <v>874</v>
       </c>
       <c r="H100" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="23" t="s">
-        <v>566</v>
+        <v>875</v>
       </c>
       <c r="J100" s="23" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="K100" s="23" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="L100" s="23" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="M100" s="23" t="s">
-        <v>888</v>
+        <v>484</v>
       </c>
       <c r="N100" s="23" t="s">
-        <v>889</v>
+        <v>485</v>
       </c>
       <c r="O100" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R100" s="25"/>
       <c r="S100" s="25"/>
       <c r="T100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U100" s="23" t="s">
-        <v>337</v>
+        <v>116</v>
       </c>
       <c r="V100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W100" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X100" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="101" ht="30" customHeight="1">
       <c r="A101" s="23" t="s">
-        <v>890</v>
+        <v>878</v>
       </c>
       <c r="B101" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C101" s="23" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="D101" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F101" s="23" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="G101" s="23" t="s">
-        <v>893</v>
+        <v>676</v>
       </c>
       <c r="H101" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="23" t="s">
-        <v>894</v>
+        <v>677</v>
       </c>
       <c r="J101" s="23" t="s">
-        <v>244</v>
+        <v>676</v>
       </c>
       <c r="K101" s="23" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="L101" s="23" t="s">
-        <v>896</v>
+        <v>882</v>
       </c>
       <c r="M101" s="23" t="s">
-        <v>897</v>
+        <v>348</v>
       </c>
       <c r="N101" s="23" t="s">
-        <v>898</v>
+        <v>349</v>
       </c>
       <c r="O101" s="23" t="s">
-        <v>899</v>
+        <v>156</v>
       </c>
       <c r="P101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R101" s="25"/>
       <c r="S101" s="25"/>
       <c r="T101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U101" s="23" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="V101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W101" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X101" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="102" ht="30" customHeight="1">
       <c r="A102" s="23" t="s">
-        <v>900</v>
+        <v>883</v>
       </c>
       <c r="B102" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C102" s="23" t="s">
-        <v>901</v>
+        <v>884</v>
       </c>
       <c r="D102" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F102" s="23" t="s">
-        <v>902</v>
+        <v>885</v>
       </c>
       <c r="G102" s="23" t="s">
-        <v>30</v>
+        <v>886</v>
       </c>
       <c r="H102" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="23" t="s">
-        <v>616</v>
+        <v>887</v>
       </c>
       <c r="J102" s="23" t="s">
-        <v>30</v>
+        <v>201</v>
       </c>
       <c r="K102" s="23" t="s">
-        <v>903</v>
+        <v>888</v>
       </c>
       <c r="L102" s="23" t="s">
-        <v>904</v>
+        <v>636</v>
       </c>
       <c r="M102" s="23" t="s">
-        <v>560</v>
+        <v>143</v>
       </c>
       <c r="N102" s="23" t="s">
-        <v>905</v>
+        <v>144</v>
       </c>
       <c r="O102" s="23" t="s">
-        <v>114</v>
+        <v>889</v>
       </c>
       <c r="P102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R102" s="25"/>
       <c r="S102" s="25"/>
       <c r="T102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U102" s="23" t="s">
-        <v>38</v>
+        <v>658</v>
       </c>
       <c r="V102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W102" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X102" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="103" ht="30" customHeight="1">
       <c r="A103" s="23" t="s">
-        <v>906</v>
+        <v>890</v>
       </c>
       <c r="B103" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C103" s="23" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
       <c r="D103" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F103" s="23" t="s">
-        <v>908</v>
+        <v>892</v>
       </c>
       <c r="G103" s="23" t="s">
-        <v>909</v>
+        <v>893</v>
       </c>
       <c r="H103" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="23" t="s">
-        <v>910</v>
+        <v>894</v>
       </c>
       <c r="J103" s="23" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="K103" s="23" t="s">
-        <v>911</v>
+        <v>895</v>
       </c>
       <c r="L103" s="23" t="s">
-        <v>797</v>
+        <v>896</v>
       </c>
       <c r="M103" s="23" t="s">
-        <v>80</v>
+        <v>855</v>
       </c>
       <c r="N103" s="23" t="s">
-        <v>773</v>
+        <v>856</v>
       </c>
       <c r="O103" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R103" s="25"/>
       <c r="S103" s="25"/>
       <c r="T103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U103" s="23" t="s">
-        <v>912</v>
+        <v>322</v>
       </c>
       <c r="V103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W103" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X103" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="104" ht="30" customHeight="1">
       <c r="A104" s="23" t="s">
-        <v>913</v>
+        <v>897</v>
       </c>
       <c r="B104" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C104" s="23" t="s">
-        <v>914</v>
+        <v>898</v>
       </c>
       <c r="D104" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F104" s="23" t="s">
-        <v>915</v>
+        <v>899</v>
       </c>
       <c r="G104" s="23" t="s">
-        <v>286</v>
+        <v>43</v>
       </c>
       <c r="H104" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="23" t="s">
-        <v>287</v>
+        <v>44</v>
       </c>
       <c r="J104" s="23" t="s">
-        <v>288</v>
+        <v>45</v>
       </c>
       <c r="K104" s="23" t="s">
-        <v>916</v>
+        <v>900</v>
       </c>
       <c r="L104" s="23" t="s">
-        <v>917</v>
+        <v>901</v>
       </c>
       <c r="M104" s="23" t="s">
-        <v>888</v>
+        <v>370</v>
       </c>
       <c r="N104" s="23" t="s">
-        <v>889</v>
+        <v>902</v>
       </c>
       <c r="O104" s="23" t="s">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="P104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R104" s="25"/>
       <c r="S104" s="25"/>
       <c r="T104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U104" s="23" t="s">
-        <v>912</v>
+        <v>736</v>
       </c>
       <c r="V104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W104" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X104" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="105" ht="30" customHeight="1">
       <c r="A105" s="23" t="s">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c r="B105" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C105" s="23" t="s">
-        <v>919</v>
+        <v>904</v>
       </c>
       <c r="D105" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F105" s="23" t="s">
-        <v>920</v>
+        <v>905</v>
       </c>
       <c r="G105" s="23" t="s">
-        <v>921</v>
+        <v>906</v>
       </c>
       <c r="H105" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="23" t="s">
-        <v>922</v>
+        <v>907</v>
       </c>
       <c r="J105" s="23" t="s">
-        <v>526</v>
+        <v>68</v>
       </c>
       <c r="K105" s="23" t="s">
-        <v>923</v>
+        <v>908</v>
       </c>
       <c r="L105" s="23" t="s">
-        <v>924</v>
+        <v>909</v>
       </c>
       <c r="M105" s="23" t="s">
-        <v>423</v>
+        <v>725</v>
       </c>
       <c r="N105" s="23" t="s">
-        <v>424</v>
+        <v>910</v>
       </c>
       <c r="O105" s="23" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="P105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R105" s="25"/>
       <c r="S105" s="25"/>
       <c r="T105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U105" s="23" t="s">
-        <v>72</v>
+        <v>136</v>
       </c>
       <c r="V105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W105" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X105" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="106" ht="30" customHeight="1">
       <c r="A106" s="23" t="s">
-        <v>925</v>
+        <v>911</v>
       </c>
       <c r="B106" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C106" s="23" t="s">
-        <v>926</v>
+        <v>912</v>
       </c>
       <c r="D106" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F106" s="23" t="s">
-        <v>927</v>
+        <v>913</v>
       </c>
       <c r="G106" s="23" t="s">
-        <v>928</v>
+        <v>914</v>
       </c>
       <c r="H106" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="23" t="s">
-        <v>929</v>
+        <v>915</v>
       </c>
       <c r="J106" s="23" t="s">
-        <v>930</v>
+        <v>181</v>
       </c>
       <c r="K106" s="23" t="s">
-        <v>931</v>
+        <v>916</v>
       </c>
       <c r="L106" s="23" t="s">
-        <v>932</v>
+        <v>917</v>
       </c>
       <c r="M106" s="23" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="N106" s="23" t="s">
-        <v>934</v>
+        <v>919</v>
       </c>
       <c r="O106" s="23" t="s">
-        <v>71</v>
+        <v>186</v>
       </c>
       <c r="P106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R106" s="25"/>
       <c r="S106" s="25"/>
       <c r="T106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U106" s="23" t="s">
-        <v>337</v>
+        <v>145</v>
       </c>
       <c r="V106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W106" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X106" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="107" ht="30" customHeight="1">
       <c r="A107" s="23" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
       <c r="B107" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C107" s="23" t="s">
-        <v>936</v>
+        <v>921</v>
       </c>
       <c r="D107" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F107" s="23" t="s">
-        <v>937</v>
+        <v>922</v>
       </c>
       <c r="G107" s="23" t="s">
-        <v>938</v>
+        <v>496</v>
       </c>
       <c r="H107" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="23" t="s">
-        <v>939</v>
+        <v>497</v>
       </c>
       <c r="J107" s="23" t="s">
-        <v>940</v>
+        <v>221</v>
       </c>
       <c r="K107" s="23" t="s">
-        <v>941</v>
+        <v>923</v>
       </c>
       <c r="L107" s="23" t="s">
-        <v>942</v>
+        <v>924</v>
       </c>
       <c r="M107" s="23" t="s">
-        <v>943</v>
+        <v>484</v>
       </c>
       <c r="N107" s="23" t="s">
-        <v>944</v>
+        <v>485</v>
       </c>
       <c r="O107" s="23" t="s">
-        <v>48</v>
+        <v>623</v>
       </c>
       <c r="P107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R107" s="25"/>
       <c r="S107" s="25"/>
       <c r="T107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U107" s="23" t="s">
-        <v>72</v>
+        <v>51</v>
       </c>
       <c r="V107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W107" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X107" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="108" ht="30" customHeight="1">
       <c r="A108" s="23" t="s">
-        <v>945</v>
+        <v>925</v>
       </c>
       <c r="B108" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C108" s="23" t="s">
-        <v>946</v>
+        <v>926</v>
       </c>
       <c r="D108" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F108" s="23" t="s">
-        <v>947</v>
+        <v>927</v>
       </c>
       <c r="G108" s="23" t="s">
-        <v>948</v>
+        <v>108</v>
       </c>
       <c r="H108" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="23" t="s">
-        <v>949</v>
+        <v>109</v>
       </c>
       <c r="J108" s="23" t="s">
-        <v>950</v>
+        <v>110</v>
       </c>
       <c r="K108" s="23" t="s">
-        <v>951</v>
+        <v>928</v>
       </c>
       <c r="L108" s="23" t="s">
-        <v>952</v>
+        <v>929</v>
       </c>
       <c r="M108" s="23" t="s">
-        <v>953</v>
+        <v>930</v>
       </c>
       <c r="N108" s="23" t="s">
-        <v>954</v>
+        <v>931</v>
       </c>
       <c r="O108" s="23" t="s">
-        <v>114</v>
+        <v>932</v>
       </c>
       <c r="P108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R108" s="25"/>
       <c r="S108" s="25"/>
       <c r="T108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U108" s="23" t="s">
-        <v>72</v>
+        <v>933</v>
       </c>
       <c r="V108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W108" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X108" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="109" ht="30" customHeight="1">
       <c r="A109" s="23" t="s">
-        <v>955</v>
+        <v>934</v>
       </c>
       <c r="B109" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C109" s="23" t="s">
-        <v>956</v>
+        <v>935</v>
       </c>
       <c r="D109" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F109" s="23" t="s">
-        <v>957</v>
+        <v>936</v>
       </c>
       <c r="G109" s="23" t="s">
-        <v>958</v>
+        <v>506</v>
       </c>
       <c r="H109" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="23" t="s">
-        <v>959</v>
+        <v>937</v>
       </c>
       <c r="J109" s="23" t="s">
-        <v>498</v>
+        <v>386</v>
       </c>
       <c r="K109" s="23" t="s">
-        <v>960</v>
+        <v>938</v>
       </c>
       <c r="L109" s="23" t="s">
-        <v>961</v>
+        <v>939</v>
       </c>
       <c r="M109" s="23" t="s">
-        <v>423</v>
+        <v>940</v>
       </c>
       <c r="N109" s="23" t="s">
-        <v>424</v>
+        <v>836</v>
       </c>
       <c r="O109" s="23" t="s">
-        <v>114</v>
+        <v>941</v>
       </c>
       <c r="P109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R109" s="25"/>
       <c r="S109" s="25"/>
       <c r="T109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U109" s="23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W109" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X109" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="110" ht="30" customHeight="1">
       <c r="A110" s="23" t="s">
-        <v>962</v>
+        <v>942</v>
       </c>
       <c r="B110" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C110" s="23" t="s">
-        <v>963</v>
+        <v>943</v>
       </c>
       <c r="D110" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F110" s="23" t="s">
-        <v>964</v>
+        <v>944</v>
       </c>
       <c r="G110" s="23" t="s">
-        <v>965</v>
+        <v>79</v>
       </c>
       <c r="H110" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="23" t="s">
-        <v>966</v>
+        <v>945</v>
       </c>
       <c r="J110" s="23" t="s">
-        <v>967</v>
+        <v>79</v>
       </c>
       <c r="K110" s="23" t="s">
-        <v>968</v>
+        <v>946</v>
       </c>
       <c r="L110" s="23" t="s">
-        <v>969</v>
+        <v>947</v>
       </c>
       <c r="M110" s="23" t="s">
-        <v>539</v>
+        <v>948</v>
       </c>
       <c r="N110" s="23" t="s">
-        <v>540</v>
+        <v>949</v>
       </c>
       <c r="O110" s="23" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="P110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R110" s="25"/>
       <c r="S110" s="25"/>
       <c r="T110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U110" s="23" t="s">
-        <v>72</v>
+        <v>736</v>
       </c>
       <c r="V110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W110" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X110" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="111" ht="30" customHeight="1">
       <c r="A111" s="23" t="s">
-        <v>970</v>
+        <v>950</v>
       </c>
       <c r="B111" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C111" s="23" t="s">
-        <v>971</v>
+        <v>951</v>
       </c>
       <c r="D111" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F111" s="23" t="s">
-        <v>972</v>
+        <v>952</v>
       </c>
       <c r="G111" s="23" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="H111" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="23" t="s">
-        <v>623</v>
+        <v>257</v>
       </c>
       <c r="J111" s="23" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
       <c r="K111" s="23" t="s">
-        <v>973</v>
+        <v>953</v>
       </c>
       <c r="L111" s="23" t="s">
-        <v>974</v>
+        <v>954</v>
       </c>
       <c r="M111" s="23" t="s">
-        <v>224</v>
+        <v>955</v>
       </c>
       <c r="N111" s="23" t="s">
-        <v>225</v>
+        <v>956</v>
       </c>
       <c r="O111" s="23" t="s">
-        <v>48</v>
+        <v>502</v>
       </c>
       <c r="P111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R111" s="25"/>
       <c r="S111" s="25"/>
       <c r="T111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U111" s="23" t="s">
-        <v>425</v>
+        <v>104</v>
       </c>
       <c r="V111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W111" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X111" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="112" ht="30" customHeight="1">
       <c r="A112" s="23" t="s">
-        <v>975</v>
+        <v>957</v>
       </c>
       <c r="B112" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C112" s="23" t="s">
-        <v>976</v>
+        <v>958</v>
       </c>
       <c r="D112" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F112" s="23" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="G112" s="23" t="s">
-        <v>220</v>
+        <v>960</v>
       </c>
       <c r="H112" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="23" t="s">
-        <v>221</v>
+        <v>961</v>
       </c>
       <c r="J112" s="23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K112" s="23" t="s">
-        <v>978</v>
+        <v>962</v>
       </c>
       <c r="L112" s="23" t="s">
-        <v>979</v>
+        <v>963</v>
       </c>
       <c r="M112" s="23" t="s">
-        <v>980</v>
+        <v>964</v>
       </c>
       <c r="N112" s="23" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="O112" s="23" t="s">
-        <v>257</v>
+        <v>502</v>
       </c>
       <c r="P112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R112" s="25"/>
       <c r="S112" s="25"/>
       <c r="T112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U112" s="23" t="s">
-        <v>82</v>
+        <v>262</v>
       </c>
       <c r="V112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W112" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X112" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="113" ht="30" customHeight="1">
       <c r="A113" s="23" t="s">
-        <v>982</v>
+        <v>966</v>
       </c>
       <c r="B113" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C113" s="23" t="s">
-        <v>983</v>
+        <v>967</v>
       </c>
       <c r="D113" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F113" s="23" t="s">
-        <v>984</v>
+        <v>968</v>
       </c>
       <c r="G113" s="23" t="s">
-        <v>985</v>
+        <v>149</v>
       </c>
       <c r="H113" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="23" t="s">
-        <v>986</v>
+        <v>969</v>
       </c>
       <c r="J113" s="23" t="s">
-        <v>55</v>
+        <v>151</v>
       </c>
       <c r="K113" s="23" t="s">
-        <v>987</v>
+        <v>970</v>
       </c>
       <c r="L113" s="23" t="s">
-        <v>988</v>
+        <v>971</v>
       </c>
       <c r="M113" s="23" t="s">
-        <v>192</v>
+        <v>491</v>
       </c>
       <c r="N113" s="23" t="s">
-        <v>193</v>
+        <v>492</v>
       </c>
       <c r="O113" s="23" t="s">
-        <v>71</v>
+        <v>972</v>
       </c>
       <c r="P113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R113" s="25"/>
       <c r="S113" s="25"/>
       <c r="T113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U113" s="23" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="V113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W113" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X113" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="114" ht="30" customHeight="1">
       <c r="A114" s="23" t="s">
-        <v>989</v>
+        <v>973</v>
       </c>
       <c r="B114" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C114" s="23" t="s">
-        <v>990</v>
+        <v>974</v>
       </c>
       <c r="D114" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F114" s="23" t="s">
-        <v>991</v>
+        <v>975</v>
       </c>
       <c r="G114" s="23" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="H114" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="23" t="s">
-        <v>278</v>
+        <v>976</v>
       </c>
       <c r="J114" s="23" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="K114" s="23" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
       <c r="L114" s="23" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="M114" s="23" t="s">
-        <v>602</v>
+        <v>979</v>
       </c>
       <c r="N114" s="23" t="s">
-        <v>619</v>
+        <v>980</v>
       </c>
       <c r="O114" s="23" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="P114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R114" s="25"/>
       <c r="S114" s="25"/>
       <c r="T114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U114" s="23" t="s">
-        <v>378</v>
+        <v>51</v>
       </c>
       <c r="V114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W114" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X114" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="115" ht="30" customHeight="1">
       <c r="A115" s="23" t="s">
-        <v>994</v>
+        <v>981</v>
       </c>
       <c r="B115" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C115" s="23" t="s">
-        <v>995</v>
+        <v>982</v>
       </c>
       <c r="D115" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F115" s="23" t="s">
-        <v>996</v>
+        <v>983</v>
       </c>
       <c r="G115" s="23" t="s">
-        <v>178</v>
+        <v>874</v>
       </c>
       <c r="H115" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="23" t="s">
-        <v>179</v>
+        <v>976</v>
       </c>
       <c r="J115" s="23" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="K115" s="23" t="s">
-        <v>997</v>
+        <v>984</v>
       </c>
       <c r="L115" s="23" t="s">
-        <v>797</v>
+        <v>985</v>
       </c>
       <c r="M115" s="23" t="s">
-        <v>35</v>
+        <v>986</v>
       </c>
       <c r="N115" s="23" t="s">
-        <v>36</v>
+        <v>987</v>
       </c>
       <c r="O115" s="23" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="P115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R115" s="25"/>
       <c r="S115" s="25"/>
       <c r="T115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U115" s="23" t="s">
-        <v>912</v>
+        <v>136</v>
       </c>
       <c r="V115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W115" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X115" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="116" ht="30" customHeight="1">
       <c r="A116" s="23" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="B116" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C116" s="23" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="D116" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F116" s="23" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="G116" s="23" t="s">
-        <v>30</v>
+        <v>991</v>
       </c>
       <c r="H116" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="23" t="s">
-        <v>43</v>
+        <v>992</v>
       </c>
       <c r="J116" s="23" t="s">
-        <v>30</v>
+        <v>991</v>
       </c>
       <c r="K116" s="23" t="s">
-        <v>1001</v>
+        <v>993</v>
       </c>
       <c r="L116" s="23" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="M116" s="23" t="s">
-        <v>281</v>
+        <v>862</v>
       </c>
       <c r="N116" s="23" t="s">
-        <v>282</v>
+        <v>863</v>
       </c>
       <c r="O116" s="23" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="P116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R116" s="25"/>
       <c r="S116" s="25"/>
       <c r="T116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U116" s="23" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="V116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W116" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X116" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="117" ht="30" customHeight="1">
       <c r="A117" s="23" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="B117" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C117" s="23" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="D117" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F117" s="23" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="G117" s="23" t="s">
-        <v>220</v>
+        <v>998</v>
       </c>
       <c r="H117" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="23" t="s">
-        <v>1006</v>
+        <v>98</v>
       </c>
       <c r="J117" s="23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="K117" s="23" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="L117" s="23" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="M117" s="23" t="s">
-        <v>602</v>
+        <v>1001</v>
       </c>
       <c r="N117" s="23" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="O117" s="23" t="s">
-        <v>1010</v>
+        <v>127</v>
       </c>
       <c r="P117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R117" s="25"/>
       <c r="S117" s="25"/>
       <c r="T117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U117" s="23" t="s">
-        <v>912</v>
+        <v>207</v>
       </c>
       <c r="V117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W117" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X117" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="118" ht="30" customHeight="1">
       <c r="A118" s="23" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="B118" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C118" s="23" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
       <c r="D118" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F118" s="23" t="s">
-        <v>1013</v>
+        <v>1005</v>
       </c>
       <c r="G118" s="23" t="s">
-        <v>958</v>
+        <v>693</v>
       </c>
       <c r="H118" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="23" t="s">
-        <v>959</v>
+        <v>1006</v>
       </c>
       <c r="J118" s="23" t="s">
-        <v>498</v>
+        <v>693</v>
       </c>
       <c r="K118" s="23" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="L118" s="23" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="M118" s="23" t="s">
-        <v>586</v>
+        <v>697</v>
       </c>
       <c r="N118" s="23" t="s">
-        <v>587</v>
+        <v>698</v>
       </c>
       <c r="O118" s="23" t="s">
-        <v>71</v>
+        <v>699</v>
       </c>
       <c r="P118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R118" s="25"/>
       <c r="S118" s="25"/>
       <c r="T118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U118" s="23" t="s">
-        <v>166</v>
+        <v>262</v>
       </c>
       <c r="V118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W118" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X118" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="119" ht="30" customHeight="1">
       <c r="A119" s="23" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B119" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C119" s="23" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D119" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E119" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F119" s="23" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G119" s="23" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H119" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I119" s="23" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J119" s="23" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K119" s="23" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L119" s="23" t="s">
         <v>1016</v>
       </c>
-      <c r="B119" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="23" t="s">
+      <c r="M119" s="23" t="s">
         <v>1017</v>
       </c>
-      <c r="D119" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F119" s="23" t="s">
+      <c r="N119" s="23" t="s">
         <v>1018</v>
       </c>
-      <c r="G119" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="O119" s="23" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="P119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R119" s="25"/>
       <c r="S119" s="25"/>
       <c r="T119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U119" s="23" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="V119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W119" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X119" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="120" ht="30" customHeight="1">
       <c r="A120" s="23" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B120" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C120" s="23" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D120" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E120" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F120" s="23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="G120" s="23" t="s">
         <v>1022</v>
       </c>
-      <c r="B120" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="23" t="s">
+      <c r="H120" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="23" t="s">
+        <v>150</v>
+      </c>
+      <c r="J120" s="23" t="s">
+        <v>151</v>
+      </c>
+      <c r="K120" s="23" t="s">
         <v>1023</v>
       </c>
-      <c r="D120" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F120" s="23" t="s">
+      <c r="L120" s="23" t="s">
         <v>1024</v>
       </c>
-      <c r="G120" s="23" t="s">
+      <c r="M120" s="23" t="s">
         <v>1025</v>
       </c>
-      <c r="H120" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I120" s="23" t="s">
+      <c r="N120" s="23" t="s">
         <v>1026</v>
       </c>
-      <c r="J120" s="23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O120" s="23" t="s">
-        <v>93</v>
+        <v>972</v>
       </c>
       <c r="P120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R120" s="25"/>
       <c r="S120" s="25"/>
       <c r="T120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U120" s="23" t="s">
-        <v>912</v>
+        <v>1027</v>
       </c>
       <c r="V120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W120" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X120" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="121" ht="30" customHeight="1">
       <c r="A121" s="23" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B121" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C121" s="23" t="s">
         <v>1029</v>
       </c>
-      <c r="B121" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C121" s="23" t="s">
+      <c r="D121" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E121" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F121" s="23" t="s">
         <v>1030</v>
       </c>
-      <c r="D121" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F121" s="23" t="s">
+      <c r="G121" s="23" t="s">
+        <v>998</v>
+      </c>
+      <c r="H121" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I121" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="J121" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K121" s="23" t="s">
         <v>1031</v>
       </c>
-      <c r="G121" s="23" t="s">
+      <c r="L121" s="23" t="s">
         <v>1032</v>
       </c>
-      <c r="H121" s="23" t="s">
-[...8 lines deleted...]
-      <c r="K121" s="23" t="s">
+      <c r="M121" s="23" t="s">
         <v>1033</v>
       </c>
-      <c r="L121" s="23" t="s">
+      <c r="N121" s="23" t="s">
         <v>1034</v>
       </c>
-      <c r="M121" s="23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O121" s="23" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="P121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R121" s="25"/>
       <c r="S121" s="25"/>
       <c r="T121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U121" s="23" t="s">
-        <v>912</v>
+        <v>136</v>
       </c>
       <c r="V121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W121" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X121" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="122" ht="30" customHeight="1">
       <c r="A122" s="23" t="s">
         <v>1035</v>
       </c>
       <c r="B122" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C122" s="23" t="s">
         <v>1036</v>
       </c>
       <c r="D122" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F122" s="23" t="s">
         <v>1037</v>
       </c>
       <c r="G122" s="23" t="s">
-        <v>508</v>
+        <v>199</v>
       </c>
       <c r="H122" s="23" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="23" t="s">
         <v>1038</v>
       </c>
       <c r="J122" s="23" t="s">
-        <v>446</v>
+        <v>201</v>
       </c>
       <c r="K122" s="23" t="s">
         <v>1039</v>
       </c>
       <c r="L122" s="23" t="s">
         <v>1040</v>
       </c>
       <c r="M122" s="23" t="s">
-        <v>134</v>
+        <v>1017</v>
       </c>
       <c r="N122" s="23" t="s">
-        <v>135</v>
+        <v>1018</v>
       </c>
       <c r="O122" s="23" t="s">
-        <v>93</v>
+        <v>206</v>
       </c>
       <c r="P122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R122" s="25"/>
       <c r="S122" s="25"/>
       <c r="T122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U122" s="23" t="s">
-        <v>912</v>
+        <v>116</v>
       </c>
       <c r="V122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W122" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X122" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="123" ht="30" customHeight="1">
       <c r="A123" s="23" t="s">
         <v>1041</v>
       </c>
       <c r="B123" s="23" t="s">
         <v>25</v>
       </c>
       <c r="C123" s="23" t="s">
         <v>1042</v>
       </c>
       <c r="D123" s="23" t="s">
         <v>27</v>
       </c>
       <c r="E123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="F123" s="23" t="s">
         <v>1043</v>
       </c>
       <c r="G123" s="23" t="s">
+        <v>554</v>
+      </c>
+      <c r="H123" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I123" s="23" t="s">
+        <v>555</v>
+      </c>
+      <c r="J123" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K123" s="23" t="s">
         <v>1044</v>
       </c>
-      <c r="H123" s="23" t="s">
-[...2 lines deleted...]
-      <c r="I123" s="23" t="s">
+      <c r="L123" s="23" t="s">
         <v>1045</v>
       </c>
-      <c r="J123" s="23" t="s">
+      <c r="M123" s="23" t="s">
         <v>1046</v>
       </c>
-      <c r="K123" s="23" t="s">
+      <c r="N123" s="23" t="s">
         <v>1047</v>
       </c>
-      <c r="L123" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O123" s="23" t="s">
-        <v>784</v>
+        <v>127</v>
       </c>
       <c r="P123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R123" s="25"/>
       <c r="S123" s="25"/>
       <c r="T123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U123" s="23" t="s">
-        <v>912</v>
+        <v>281</v>
       </c>
       <c r="V123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W123" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X123" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="124" ht="30" customHeight="1">
       <c r="A124" s="23" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B124" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C124" s="23" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D124" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E124" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F124" s="23" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G124" s="23" t="s">
         <v>1051</v>
       </c>
-      <c r="B124" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="23" t="s">
+      <c r="H124" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I124" s="23" t="s">
         <v>1052</v>
       </c>
-      <c r="D124" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F124" s="23" t="s">
+      <c r="J124" s="23" t="s">
+        <v>268</v>
+      </c>
+      <c r="K124" s="23" t="s">
         <v>1053</v>
       </c>
-      <c r="G124" s="23" t="s">
-[...11 lines deleted...]
-      <c r="K124" s="23" t="s">
+      <c r="L124" s="23" t="s">
         <v>1054</v>
       </c>
-      <c r="L124" s="23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M124" s="23" t="s">
-        <v>35</v>
+        <v>143</v>
       </c>
       <c r="N124" s="23" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="O124" s="23" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="P124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R124" s="25"/>
       <c r="S124" s="25"/>
       <c r="T124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U124" s="23" t="s">
-        <v>912</v>
+        <v>51</v>
       </c>
       <c r="V124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W124" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X124" s="23" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="125" ht="30" customHeight="1">
       <c r="A125" s="23" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B125" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C125" s="23" t="s">
+        <v>720</v>
+      </c>
+      <c r="D125" s="23" t="s">
+        <v>27</v>
+      </c>
+      <c r="E125" s="23" t="s">
+        <v>28</v>
+      </c>
+      <c r="F125" s="23" t="s">
         <v>1056</v>
       </c>
-      <c r="B125" s="23" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="23" t="s">
+      <c r="G125" s="23" t="s">
         <v>1057</v>
       </c>
-      <c r="D125" s="23" t="s">
-[...5 lines deleted...]
-      <c r="F125" s="23" t="s">
+      <c r="H125" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="I125" s="23" t="s">
         <v>1058</v>
       </c>
-      <c r="G125" s="23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J125" s="23" t="s">
-        <v>30</v>
+        <v>1059</v>
       </c>
       <c r="K125" s="23" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="L125" s="23" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="M125" s="23" t="s">
-        <v>80</v>
+        <v>725</v>
       </c>
       <c r="N125" s="23" t="s">
-        <v>773</v>
+        <v>726</v>
       </c>
       <c r="O125" s="23" t="s">
-        <v>1061</v>
+        <v>727</v>
       </c>
       <c r="P125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="Q125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="R125" s="25"/>
       <c r="S125" s="25"/>
       <c r="T125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="U125" s="23" t="s">
-        <v>912</v>
+        <v>38</v>
       </c>
       <c r="V125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="W125" s="23" t="s">
         <v>28</v>
       </c>
       <c r="X125" s="23" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="1"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;A</oddHeader>
     <oddFooter>&amp;CPage &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 